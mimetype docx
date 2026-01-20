--- v0 (2025-11-06)
+++ v1 (2026-01-20)
@@ -5,55 +5,50 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2453EDA5" w14:textId="60FF0FB7" w:rsidR="00811724" w:rsidRDefault="00811724" w:rsidP="0013720F">
-[...3 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6325DBA8" w14:textId="340ACF46" w:rsidR="007C5093" w:rsidRDefault="00AC1C3D" w:rsidP="007C5093">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="645F1918" wp14:editId="68D2AE5D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1980565</wp:posOffset>
@@ -264,65 +259,52 @@
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> I Wonder Pictures </w:t>
       </w:r>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rai </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Rai Cinema</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="50DF546E" w14:textId="0203E17B" w:rsidR="007C5093" w:rsidRPr="004649D2" w:rsidRDefault="008B2946" w:rsidP="007C5093">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="007C5093" w:rsidRPr="004649D2">
         <w:rPr>
@@ -341,60 +323,62 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="770ACC4C" w14:textId="77777777" w:rsidR="008B2946" w:rsidRPr="004649D2" w:rsidRDefault="008B2946" w:rsidP="008B2946">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>una</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>produzione</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -417,58 +401,69 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gaumont</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="744C879A" w14:textId="77777777" w:rsidR="008B2946" w:rsidRPr="004649D2" w:rsidRDefault="008B2946" w:rsidP="008B2946">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">in </w:t>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004649D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
+          <w:color w:val="222222"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>coproduzione</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> con</w:t>
       </w:r>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
@@ -481,64 +476,73 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="661F7851" w14:textId="77777777" w:rsidR="00941743" w:rsidRDefault="00941743" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60BCAA94" w14:textId="47AB3454" w:rsidR="00AB1C44" w:rsidRPr="00EF3A09" w:rsidRDefault="00941743" w:rsidP="00EF3A09">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Paul Dano   Alicia </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Vikander</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  Tom </w:t>
+        <w:t xml:space="preserve">  Tom</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00941743">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Sturridge</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">   Will </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Keen</w:t>
       </w:r>
@@ -556,76 +560,109 @@
       <w:r w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Jeffrey Wright   </w:t>
       </w:r>
       <w:r w:rsidRPr="00941743">
         <w:t>e con</w:t>
       </w:r>
       <w:r w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Jude Law</w:t>
       </w:r>
       <w:r w:rsidR="00AB1C44" w:rsidRPr="00941743">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E8DD3C" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="00D877A9" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
-[...20 lines deleted...]
-    <w:p w14:paraId="407C2F19" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
+    <w:p w14:paraId="407C2F19" w14:textId="6EC71BE4" w:rsidR="00AB1C44" w:rsidRDefault="00B75829" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:r w:rsidRPr="00B75829">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Aptos"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6785F708" wp14:editId="2533ACC9">
+            <wp:extent cx="4255770" cy="1076325"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="1" name="Immagine 1" descr="Immagine che contiene testo, Carattere, tipografia, Elementi grafici&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Immagine 1" descr="Immagine che contiene testo, Carattere, tipografia, Elementi grafici&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" r:link="rId9" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4299517" cy="1087389"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7727A5EC" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Un film di</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="471558C1" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="00014BAA" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014BAA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OLIVIER ASSAYAS</w:t>
@@ -714,152 +751,155 @@
         <w:t xml:space="preserve"> in Italia da </w:t>
       </w:r>
       <w:r w:rsidR="0013720F" w:rsidRPr="0013720F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Mondadori</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C632660" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02C434AE" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>SCENEGGIATURA – ADATTAMENTO – DIALOGHI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C2597CE" w14:textId="6E4FBCFE" w:rsidR="00AB1C44" w:rsidRDefault="000C52AA" w:rsidP="00AB1C44">
+    <w:p w14:paraId="093D9435" w14:textId="69424986" w:rsidR="00AB1C44" w:rsidRPr="00B3693D" w:rsidRDefault="000C52AA" w:rsidP="00B3693D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve">a cura </w:t>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> cura </w:t>
       </w:r>
       <w:r w:rsidR="00AB1C44">
         <w:t>di</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="0013720F">
+      <w:r w:rsidR="00B3693D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1C44" w:rsidRPr="0013720F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OLIVIER ASSAYAS</w:t>
       </w:r>
+      <w:r w:rsidR="00AB1C44">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00AB1C44">
+        <w:t>e</w:t>
+      </w:r>
       <w:r>
+        <w:t>d</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00AB1C44">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="0013720F">
+      <w:r w:rsidR="00AB1C44" w:rsidRPr="0013720F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EMMANUEL CARRÈRE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A6B5B9F" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1208043A" w14:textId="77777777" w:rsidR="00743857" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
+    <w:p w14:paraId="1208043A" w14:textId="576BCC50" w:rsidR="00743857" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Durata</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t> : 2h36</w:t>
+        <w:t> : 2h</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0035E">
+        <w:t>29</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C6D565" w14:textId="77777777" w:rsidR="0093710B" w:rsidRDefault="0093710B" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14418619" w14:textId="77777777" w:rsidR="0093710B" w:rsidRDefault="0093710B" w:rsidP="00743857">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidR="00743857" w:rsidRPr="00743857">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">n’esclusiva per l’Italia </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38A6B5AE" w14:textId="6CC55B0C" w:rsidR="0093710B" w:rsidRPr="00743857" w:rsidRDefault="00743857" w:rsidP="0093710B">
+    <w:p w14:paraId="29ABC73F" w14:textId="0D305B59" w:rsidR="00B3693D" w:rsidRPr="00B3693D" w:rsidRDefault="00743857" w:rsidP="00B3693D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00743857">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>I Wonder Pictures</w:t>
       </w:r>
       <w:r w:rsidRPr="00743857">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00743857">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Italian</w:t>
@@ -882,123 +922,128 @@
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00743857">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>nternational Film (Gruppo Lucisano)</w:t>
       </w:r>
       <w:r w:rsidRPr="00743857">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> con </w:t>
       </w:r>
       <w:r w:rsidRPr="00743857">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>Rai Cinema</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FA7A2A4" w14:textId="34FB2F92" w:rsidR="00743857" w:rsidRDefault="0093710B" w:rsidP="00743857">
+    <w:p w14:paraId="38681D36" w14:textId="77777777" w:rsidR="00B3693D" w:rsidRDefault="00B3693D" w:rsidP="00B3693D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="615C646F" w14:textId="647C13AD" w:rsidR="007E67C2" w:rsidRDefault="00301A5D" w:rsidP="00B3693D">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t>P</w:t>
+        <w:t xml:space="preserve">Dal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00301A5D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:t>12 febbraio</w:t>
       </w:r>
       <w:r w:rsidR="00743857" w:rsidRPr="00743857">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">rossimamente al cinema distribuito da </w:t>
+        <w:t xml:space="preserve"> al cinema distribuito da </w:t>
       </w:r>
       <w:r w:rsidR="00743857" w:rsidRPr="00743857">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>01 Distribution</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="0CFAD027" w14:textId="0D1020AB" w:rsidR="00072008" w:rsidRPr="00743857" w:rsidRDefault="00072008" w:rsidP="00743857">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EC1F1F3" wp14:editId="48273848">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EC1F1F3" wp14:editId="55F7F9B6">
             <wp:extent cx="5760720" cy="739366"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="118542262" name="Immagine 1" descr="Immagine che contiene testo, schermata, Carattere, nero&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="118542262" name="Immagine 1" descr="Immagine che contiene testo, schermata, Carattere, nero&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760720" cy="739366"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -1087,100 +1132,100 @@
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>André-Paul Ricci</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5710DA85" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId9" w:history="1">
+                            <w:hyperlink r:id="rId11" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>apricci.presse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3C9C1308" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tony Arnoux</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:hyperlink r:id="rId10" w:history="1">
+                            <w:hyperlink r:id="rId12" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>tonyarnouxpresse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="4A92F744" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
@@ -1250,100 +1295,100 @@
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>André-Paul Ricci</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5710DA85" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId11" w:history="1">
+                      <w:hyperlink r:id="rId13" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>apricci.presse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3C9C1308" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Tony Arnoux</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:hyperlink r:id="rId12" w:history="1">
+                      <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>tonyarnouxpresse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4A92F744" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
@@ -1417,105 +1462,139 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Giulia Martinez Cell. + 39 335 7189949</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Email: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId13" w:history="1">
+        <w:t>Email</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE16EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00BE16EE">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>giuliamarpress@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="72FE148A" w14:textId="1BF7E603" w:rsidR="00BE16EE" w:rsidRPr="002441DE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Cristina Partenza Cell. </w:t>
       </w:r>
       <w:r w:rsidRPr="002441DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">+39 331 6795865; Email: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId14" w:history="1">
+        <w:t xml:space="preserve">+39 331 6795865; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002441DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002441DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="002441DE">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:kern w:val="0"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>cristina.partenza@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002441DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1866DD35" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="002441DE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
@@ -1551,182 +1630,138 @@
         </w:rPr>
         <w:t>01 Distribution – Comunicazione</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022E8B1B" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Annalisa </w:t>
-[...21 lines deleted...]
-        <w:t>: annalisa.paolicchi@raicinema.it</w:t>
+        <w:t>Annalisa Paolicchi: annalisa.paolicchi@raicinema.it</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E9B37FD" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Rebecca Roviglioni: rebecca.roviglioni@raicinema.it</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BFD30F" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Cristiana Trotta: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00BE16EE">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:kern w:val="0"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>cristiana.trotta@raicinema.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6110B160" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Stefania </w:t>
-[...23 lines deleted...]
-      <w:hyperlink r:id="rId16" w:history="1">
+        <w:t xml:space="preserve">Stefania Lategana: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00BE16EE">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:kern w:val="0"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>stefania.lategana@raicinema.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5871A24A" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -1873,100 +1908,100 @@
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>André-Paul Ricci</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="05837D34" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId17" w:history="1">
+                            <w:hyperlink r:id="rId19" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>apricci.presse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2066D5D6" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tony Arnoux</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:hyperlink r:id="rId18" w:history="1">
+                            <w:hyperlink r:id="rId20" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>tonyarnouxpresse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="24263116" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
@@ -2032,100 +2067,100 @@
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>André-Paul Ricci</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="05837D34" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId19" w:history="1">
+                      <w:hyperlink r:id="rId21" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>apricci.presse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2066D5D6" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Tony Arnoux</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:hyperlink r:id="rId20" w:history="1">
+                      <w:hyperlink r:id="rId22" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>tonyarnouxpresse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="24263116" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
@@ -2229,100 +2264,100 @@
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>André-Paul Ricci</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5A5A9DB9" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId21" w:history="1">
+                            <w:hyperlink r:id="rId23" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>apricci.presse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6161AF87" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tony Arnoux</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:hyperlink r:id="rId22" w:history="1">
+                            <w:hyperlink r:id="rId24" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>tonyarnouxpresse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7B97A867" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
@@ -2388,100 +2423,100 @@
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>André-Paul Ricci</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5A5A9DB9" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId23" w:history="1">
+                      <w:hyperlink r:id="rId25" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>apricci.presse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6161AF87" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Tony Arnoux</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:hyperlink r:id="rId24" w:history="1">
+                      <w:hyperlink r:id="rId26" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>tonyarnouxpresse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7B97A867" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
@@ -2502,51 +2537,50 @@
     </w:p>
     <w:p w14:paraId="30C95873" w14:textId="14ED0647" w:rsidR="002A0278" w:rsidRPr="002441DE" w:rsidRDefault="002A0278" w:rsidP="002A0278">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002441DE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4350BD30" w14:textId="77777777" w:rsidR="00A518D4" w:rsidRDefault="00A518D4" w:rsidP="00A518D4">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014BAA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3584,976 +3618,910 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>conoscitore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> del</w:t>
+      </w:r>
+      <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>del</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00086C78">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00086C78">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
+        <w:t>istema</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F67CB7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>istema</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F67CB7">
+        <w:t xml:space="preserve"> politico</w:t>
+      </w:r>
+      <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> politico</w:t>
-      </w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Baranov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Baranov</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>diventa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>diventa</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> lo spin </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> lo spin </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>doctor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>doctor</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> della </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
+        <w:t>nuov</w:t>
+      </w:r>
+      <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>della</w:t>
+        <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
+      <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00107E2D" w:rsidRPr="00107E2D">
+      <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>nuov</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00107E2D">
+        <w:t>Russia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t> :</w:t>
+      </w:r>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Russia</w:t>
+        <w:t>confeziona</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t> :</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>discorsi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>confeziona</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>crea</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>discorsi</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00107E2D">
+        <w:t>scenari</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A427E9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>crea</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>scenari</w:t>
+        <w:t>cattura</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A427E9">
+      <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>,</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>percezioni</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00107E2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>cattura</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00107E2D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00107E2D">
+        <w:t>Tuttavia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>percezioni</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00107E2D">
+        <w:t>, c</w:t>
+      </w:r>
+      <w:r w:rsidR="00256BDB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">’è </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00256BDB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Tuttavia</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00C340FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>, c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00256BDB">
+        <w:t>n’unica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C340FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">’è </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00256BDB">
+        <w:t xml:space="preserve"> persona</w:t>
+      </w:r>
+      <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>u</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C340FF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00256BDB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>n’unica</w:t>
+        <w:t>che</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C340FF">
+      <w:r w:rsidR="00256BDB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> persona</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00256BDB">
+        <w:t>sfugge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>che</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00256BDB">
+        <w:t xml:space="preserve"> al </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C340FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="000551CC">
+        <w:t>suo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C340FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>sfugge</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="000551CC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C340FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> al </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>controllo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C340FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>suo</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C340FF">
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00107E2D" w:rsidRPr="00C340FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Ksenia, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C340FF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>controllo</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00C340FF">
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00107E2D" w:rsidRPr="00C340FF">
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ksenia, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C340FF">
+      <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>un</w:t>
-      </w:r>
+        <w:t>spirito</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>o</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> libero, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>una</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>spirito</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> donna </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> libero, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>indipendente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>una</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="000551CC">
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00256BDB" w:rsidRPr="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> donna </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="000551CC">
+        <w:t>avulsa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00256BDB" w:rsidRPr="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>indipendente</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="000551CC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00256BDB" w:rsidRPr="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00256BDB" w:rsidRPr="000551CC">
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidR="00A427E9" w:rsidRPr="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>avulsa</w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00256BDB" w:rsidRPr="000551CC">
+      <w:r w:rsidR="00A427E9" w:rsidRPr="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00256BDB" w:rsidRPr="000551CC">
+      <w:r w:rsidR="00A427E9" w:rsidRPr="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>da</w:t>
-      </w:r>
+        <w:t>meccanismi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A427E9" w:rsidRPr="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>i</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A427E9" w:rsidRPr="000551CC">
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="0090604C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A427E9" w:rsidRPr="000551CC">
+        <w:t>el</w:t>
+      </w:r>
+      <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>meccanismi</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A427E9" w:rsidRPr="000551CC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A427E9" w:rsidRPr="000551CC">
+        <w:t>potere</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>d</w:t>
+        <w:t xml:space="preserve"> e d</w:t>
       </w:r>
       <w:r w:rsidR="0090604C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>el</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...63 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000551CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>controllo</w:t>
       </w:r>
@@ -5160,51 +5128,50 @@
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="300B9693" w14:textId="18BA1C1A" w:rsidR="00014BAA" w:rsidRPr="00014BAA" w:rsidRDefault="002A0278" w:rsidP="002A0278">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>INTERVI</w:t>
       </w:r>
       <w:r w:rsidR="002E0075">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>STA CON</w:t>
       </w:r>
       <w:r w:rsidR="00014BAA" w:rsidRPr="00014BAA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00014BAA" w:rsidRPr="00014BAA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
@@ -5884,79 +5851,91 @@
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidR="00446968">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>competenza con</w:t>
       </w:r>
       <w:r w:rsidR="00073215" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> cui </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00ED1AB9" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>approfondi</w:t>
       </w:r>
       <w:r w:rsidR="00446968">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">sce </w:t>
       </w:r>
       <w:r w:rsidR="00ED1AB9" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tematiche politiche</w:t>
+        <w:t xml:space="preserve"> tematiche</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00ED1AB9" w:rsidRPr="00A43266">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> politiche</w:t>
       </w:r>
       <w:r w:rsidR="007365C0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> complesse</w:t>
       </w:r>
       <w:r w:rsidR="00ED1AB9" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. Tuttavia</w:t>
       </w:r>
       <w:r w:rsidR="007365C0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -6724,61 +6703,85 @@
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>nel film</w:t>
       </w:r>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Il tempo sospeso </w:t>
+        <w:t xml:space="preserve">Il tempo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005978A9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sospeso </w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002A0278" w:rsidRPr="00A43266">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000627F7" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>mi ha incoraggiato a pensarci meglio</w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -7064,112 +7067,136 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> conosce la storia</w:t>
       </w:r>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> della Russia</w:t>
       </w:r>
       <w:r w:rsidR="00F613AE" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per via del</w:t>
+        <w:t xml:space="preserve"> per via </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F613AE" w:rsidRPr="00E9241E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>del</w:t>
       </w:r>
       <w:r w:rsidR="00E9241E" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> suo background familiare</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, parla il russo, ed è molto più ferrato di me </w:t>
       </w:r>
       <w:r w:rsidR="009B3293">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>sulle</w:t>
       </w:r>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> vicende della</w:t>
       </w:r>
       <w:r w:rsidR="00E9241E" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Russia contemporanea</w:t>
       </w:r>
       <w:r w:rsidR="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>; inoltre ha condotto un’inchiesta sulla Russia post sovietica</w:t>
-      </w:r>
+        <w:t xml:space="preserve">; inoltre ha condotto un’inchiesta sulla Russia </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E9241E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>post sovietica</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002A0278" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="007A0A8B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Quindi </w:t>
       </w:r>
       <w:r w:rsidR="00112077">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -7454,51 +7481,50 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00318E78" w14:textId="4E312E29" w:rsidR="002A0278" w:rsidRPr="00EF0BFD" w:rsidRDefault="0094009F" w:rsidP="002A0278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Durante </w:t>
       </w:r>
       <w:r w:rsidR="00112077">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>questa collaborazione, i</w:t>
       </w:r>
       <w:r w:rsidR="00E9241E" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>o e Giu</w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
@@ -7675,52 +7701,64 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:r w:rsidR="00E9241E" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> delle libertà, p</w:t>
       </w:r>
       <w:r w:rsidR="005A3AEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>er offrire un movimento  visivo</w:t>
-      </w:r>
+        <w:t xml:space="preserve">er offrire un </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005A3AEA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>movimento  visivo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E9241E" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> alle varie s</w:t>
       </w:r>
       <w:r w:rsidR="005A3AEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">ituazioni </w:t>
       </w:r>
       <w:r w:rsidR="00E9241E" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -7817,69 +7855,81 @@
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>l’imponenza de</w:t>
       </w:r>
       <w:r w:rsidR="00EF0BFD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>lle ambientazioni</w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EF0BFD" w:rsidRPr="00EF0BFD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Inoltr</w:t>
       </w:r>
       <w:r w:rsidR="005A3AEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">e mi interessava approfondire il personaggio di </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005A3AEA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mi interessava approfondire il personaggio di </w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00EF0BFD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Ksenia</w:t>
       </w:r>
       <w:r w:rsidR="005A3AEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, perché secondo me era</w:t>
       </w:r>
       <w:r w:rsidR="001A3302">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -8176,91 +8226,103 @@
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>diretto</w:t>
       </w:r>
       <w:r w:rsidR="005A3AEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> la miniserie</w:t>
       </w:r>
       <w:r w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002A0278" w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Carlos</w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>quind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">i so bene che </w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> so bene che </w:t>
       </w:r>
       <w:r w:rsidR="005A3AEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">in un film </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>sulla politica contemporanea, la veridicità non è negoziabile</w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -9220,75 +9282,101 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>plasma</w:t>
       </w:r>
       <w:r w:rsidR="00250813">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>, in sile</w:t>
+        <w:t xml:space="preserve">, in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00250813">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sile</w:t>
       </w:r>
       <w:r w:rsidR="009A0425">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">nzio, </w:t>
       </w:r>
       <w:r w:rsidR="00E53C9F" w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> quasi se</w:t>
+        <w:t xml:space="preserve"> quasi</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E53C9F" w:rsidRPr="00E53C9F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se</w:t>
       </w:r>
       <w:r w:rsidR="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">gretamente, </w:t>
       </w:r>
       <w:r w:rsidR="009A0425">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>il</w:t>
       </w:r>
@@ -9838,62 +9926,51 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">che </w:t>
       </w:r>
       <w:r w:rsidR="00711974">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00775341" w:rsidRPr="00775341">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">aschera perversità </w:t>
-[...10 lines deleted...]
-        <w:t>e alla fine v</w:t>
+        <w:t>aschera perversità e alla fine v</w:t>
       </w:r>
       <w:r w:rsidR="00711974">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>errà</w:t>
       </w:r>
       <w:r w:rsidR="00775341">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> condannato per co</w:t>
       </w:r>
       <w:r w:rsidR="005110E0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -10174,79 +10251,91 @@
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> politic</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
       <w:r w:rsidRPr="00687541">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00CF1997">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>mess</w:t>
       </w:r>
       <w:r w:rsidR="000F447A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00CF1997">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in campo, hanno prodotto</w:t>
+        <w:t xml:space="preserve"> in campo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CF1997">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, hanno prodotto</w:t>
       </w:r>
       <w:r w:rsidR="007B287D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> effetti devastanti</w:t>
       </w:r>
       <w:r w:rsidR="00F11931">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00472FBA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -10436,85 +10525,99 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Spesso sembra che nell’orbita di </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005D1E43" w:rsidRPr="005D1E43">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Baranov</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005D1E43" w:rsidRPr="005D1E43">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gli oligarchi e </w:t>
+        <w:t xml:space="preserve"> gli</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005D1E43" w:rsidRPr="005D1E43">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oligarchi e </w:t>
       </w:r>
       <w:r w:rsidR="00BB1F4E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>le figure di spicco</w:t>
       </w:r>
       <w:r w:rsidR="00576D82">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> mediatic</w:t>
       </w:r>
@@ -11321,69 +11424,81 @@
         </w:rPr>
         <w:t xml:space="preserve">Di </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BA41CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Surkov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BA41CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> non sappiamo </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00433AA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">molto, </w:t>
       </w:r>
       <w:r w:rsidR="004177D0" w:rsidRPr="00590E4F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> il “vero” </w:t>
+        <w:t xml:space="preserve"> il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004177D0" w:rsidRPr="00590E4F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “vero” </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00590E4F" w:rsidRPr="00590E4F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Surkov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00590E4F" w:rsidRPr="00590E4F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> non er</w:t>
       </w:r>
       <w:r w:rsidR="00590E4F">
         <w:rPr>
@@ -11433,120 +11548,121 @@
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>iano e lo ha sviluppato con P</w:t>
       </w:r>
       <w:r w:rsidR="00736EE6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">aul, </w:t>
       </w:r>
       <w:r w:rsidR="00014620">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">vanta </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00736EE6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">un background di ampio </w:t>
+        <w:t>un background</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00736EE6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di ampio </w:t>
       </w:r>
       <w:r w:rsidR="0040455C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>respiro</w:t>
       </w:r>
       <w:r w:rsidR="00736EE6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> mondiale e culturale, molto più cosmopolita rispetto a quello della maggior parte dei russi della sua generazione</w:t>
       </w:r>
       <w:r w:rsidR="00EC03B2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00EC03B2" w:rsidRPr="00EC03B2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>La sua comprensione della storia – e della fi</w:t>
       </w:r>
       <w:r w:rsidR="00EC03B2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">losofia della storia – </w:t>
-[...10 lines deleted...]
-        <w:t>va al di là di ciò che di solito si trova a</w:t>
+        <w:t>losofia della storia – va al di là di ciò che di solito si trova a</w:t>
       </w:r>
       <w:r w:rsidR="005E7097">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">ll’interno dei circoli del potere. </w:t>
       </w:r>
       <w:r w:rsidR="005E7097" w:rsidRPr="005E7097">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>In parte è questo il vantaggio di cu</w:t>
       </w:r>
       <w:r w:rsidR="005E7097">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -12200,61 +12316,83 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB5A72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>In questo mondo al maschile, dove la libertà di pensiero, di azione e di espressione è estremamente limitata, ho voluto inserire una giovane donna dotata di autonomia</w:t>
       </w:r>
       <w:r w:rsidR="009700BD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009700BD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5A72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">  intelligenza analitica che le consentono di giudicare </w:t>
+        <w:t xml:space="preserve">  intelligenza</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FB5A72">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> analitica che le consentono di giudicare </w:t>
       </w:r>
       <w:r w:rsidR="00B97FBD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>l’uomo che ama e le sue</w:t>
       </w:r>
       <w:r w:rsidR="009700BD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB5A72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -12716,51 +12854,50 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Federazione Russa, ma di questioni più ampie e universali.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623C98E0" w14:textId="60EE1468" w:rsidR="00907694" w:rsidRPr="00907694" w:rsidRDefault="00907694" w:rsidP="00907694">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00907694">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Quando ho </w:t>
       </w:r>
       <w:r w:rsidR="000C050A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">conosciuto </w:t>
       </w:r>
       <w:r w:rsidRPr="00907694">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Giuliano</w:t>
       </w:r>
       <w:r w:rsidR="00FA1921">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
@@ -13049,127 +13186,83 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> alla </w:t>
       </w:r>
       <w:r w:rsidR="00A16613">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="004D07FA" w:rsidRPr="004D07FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">ultura </w:t>
-[...21 lines deleted...]
-        <w:t> </w:t>
+        <w:t>ultura del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004D07FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Comune</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004D07FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> di Firenze </w:t>
+        <w:t xml:space="preserve"> di Firenze nella </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004D07FA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>nella</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>giunta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007B0373">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A16613">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>guidata</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -13299,125 +13392,125 @@
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007B0373">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Presidente</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007B0373">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> del </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007B0373">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>del</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t>Consiglio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00907694">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00455278">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">In fondo </w:t>
       </w:r>
       <w:r w:rsidR="00D93F23">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">le modalità del potere, il suo linguaggio e i suoi metodi, </w:t>
+        <w:t xml:space="preserve">le modalità del potere, il suo linguaggio e i suoi </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D93F23">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">metodi, </w:t>
       </w:r>
       <w:r w:rsidR="00455278">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sono sempre gli stessi, </w:t>
+        <w:t xml:space="preserve"> sono</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00455278">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sempre gli stessi, </w:t>
       </w:r>
       <w:r w:rsidR="00D93F23">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">sia in </w:t>
       </w:r>
       <w:r w:rsidRPr="00907694">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Russia che in Italia. Ho capito come funziona il potere russo </w:t>
       </w:r>
       <w:r w:rsidR="001C7A72">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -14606,51 +14699,73 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> e col tempo mi ha persino proposto </w:t>
       </w:r>
       <w:r w:rsidR="00682C89">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>di produrre un paio di progetti</w:t>
       </w:r>
       <w:r w:rsidR="00132276" w:rsidRPr="00132276">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Purtroppo </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Purtroppo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00682C89">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>però</w:t>
       </w:r>
       <w:r w:rsidR="00C817A5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00682C89">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -14838,90 +14953,91 @@
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="0035344B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">n modo molto </w:t>
       </w:r>
       <w:r w:rsidR="00132276" w:rsidRPr="00132276">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">convincente. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0035344B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Infatti </w:t>
+        <w:t>Infatti</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0035344B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C5257">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">è riuscito a trasmettere </w:t>
       </w:r>
       <w:r w:rsidR="0004399D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">molto di Putin ma, nonostante l’accurata trasformazione, dobbiamo ammettere </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">che </w:t>
+        <w:t xml:space="preserve">molto di Putin ma, nonostante l’accurata trasformazione, dobbiamo ammettere che </w:t>
       </w:r>
       <w:r w:rsidR="00132276" w:rsidRPr="00132276">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Jude conserva più umanità del suo </w:t>
       </w:r>
       <w:r w:rsidR="00B627EA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>personaggio</w:t>
       </w:r>
       <w:r w:rsidR="00132276" w:rsidRPr="00132276">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -15452,61 +15568,83 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">sarebbe stata lei a interpretare Ksenia. </w:t>
       </w:r>
       <w:r w:rsidR="008F3B90">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">In realtà </w:t>
       </w:r>
       <w:r w:rsidR="001E5B53">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">è stata proprio Alicia a ispirare questo </w:t>
+        <w:t xml:space="preserve">è stata proprio Alicia a ispirare </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001E5B53">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">questo </w:t>
       </w:r>
       <w:r w:rsidRPr="00132276">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> personaggio.</w:t>
+        <w:t xml:space="preserve"> personaggio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479AEFA2" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00132276" w:rsidRDefault="002A0278" w:rsidP="002A0278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7214C8D5" w14:textId="229FF6B0" w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C" w:rsidRDefault="001E5B53" w:rsidP="00FC1B6C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -15696,91 +15834,135 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, ma non c'era una vera alternativa. All'inizio temevo che il loro modo di parlare, </w:t>
       </w:r>
       <w:r w:rsidR="00FA4984">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">a seconda della loro origine, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1B6C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">potesse sembrare troppo distintamente britannico o americano, e volevo che  tutto risultasse il più uniforme possibile. Paul, ad esempio, ha </w:t>
+        <w:t xml:space="preserve">potesse sembrare troppo distintamente britannico o americano, e volevo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>che  tutto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> risultasse il più uniforme possibile. Paul, ad esempio, ha </w:t>
       </w:r>
       <w:r w:rsidR="007051D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">cercato </w:t>
       </w:r>
       <w:r w:rsidR="008107F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>di</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1B6C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> ammorbidire il suo accento americano: dovevamo mantenere un tono europeo. Per Jude e Alicia è stato più facile. </w:t>
       </w:r>
       <w:r w:rsidR="008107F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tuttavia, poco a poco, </w:t>
+        <w:t xml:space="preserve">Tuttavia, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008107F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>poco</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008107F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a poco, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1B6C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ho abbandonato questa preoccupazione. Ho capito che la cosa più importante era avere il miglior cast possibile, che fosse anglosassone o lettone, e poi lasciare che gli attori facessero il loro lavoro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65CA66FD" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00FC1B6C" w:rsidRDefault="002A0278" w:rsidP="002A0278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -15915,62 +16097,51 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> al contesto storico o alla logica emotiva di una scena, me la sottoponeva, e a volte aveva assolutamente ragione. </w:t>
       </w:r>
       <w:r w:rsidR="00E57960">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Ha svolto un grande lavoro di </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3C50">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">ricerca e riflessione. Jude ha lavorato con la stessa </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">serietà. Era desideroso di parlare con Giuliano per chiedergli della Russia e delle sue fonti di ispirazione. Si è concentrato intensamente sulla fisicità: </w:t>
+        <w:t xml:space="preserve">ricerca e riflessione. Jude ha lavorato con la stessa serietà. Era desideroso di parlare con Giuliano per chiedergli della Russia e delle sue fonti di ispirazione. Si è concentrato intensamente sulla fisicità: </w:t>
       </w:r>
       <w:r w:rsidR="00F85EAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">voleva entrare nel personaggio, comportarsi, </w:t>
       </w:r>
       <w:r w:rsidR="003A5B34">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>parlare e camminare come Putin</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE3C50">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -16148,51 +16319,77 @@
     </w:p>
     <w:p w14:paraId="5A8DE248" w14:textId="77777777" w:rsidR="00317B0E" w:rsidRPr="00317B0E" w:rsidRDefault="00317B0E" w:rsidP="00317B0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317B0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Perché ha scelto la Lettonia come location principale per le riprese del film?</w:t>
+        <w:t xml:space="preserve">Perché ha scelto la Lettonia come </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>location principale</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per le riprese del film?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="102ED5AD" w14:textId="4E07ECC2" w:rsidR="00317B0E" w:rsidRPr="00317B0E" w:rsidRDefault="00317B0E" w:rsidP="00317B0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317B0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">È stato Kirill </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -16265,51 +16462,73 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> era</w:t>
       </w:r>
       <w:r w:rsidRPr="00317B0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> fuori discussione e per un po' non sapevamo dove avremmo girato. </w:t>
       </w:r>
       <w:r w:rsidR="0060074E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Da nessuna parte avremmo potuto trovare tutte le location che ci servivano e viaggiare da un paese all’altro ovviamente era </w:t>
+        <w:t xml:space="preserve">Da nessuna parte avremmo potuto trovare </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0060074E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tutte le location</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0060074E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che ci servivano e viaggiare da un paese all’altro ovviamente era </w:t>
       </w:r>
       <w:r w:rsidRPr="00317B0E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>economicamente improponibile.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67F8B289" w14:textId="36B35196" w:rsidR="00317B0E" w:rsidRPr="00317B0E" w:rsidRDefault="00317B0E" w:rsidP="00317B0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317B0E">
@@ -16999,51 +17218,50 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> direttamente nel film. Poi ci sono le immagini relative agli eventi politici, con </w:t>
       </w:r>
       <w:r w:rsidR="00946C75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">i veri </w:t>
       </w:r>
       <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">personaggi pubblici. Infine, c'è il materiale che non abbiamo potuto usare, come le immagini della rielezione di Eltsin o dell'annuncio delle sue dimissioni. Dato che avevamo un attore che interpretava Eltsin, siamo stati costretti a ricreare le immagini esistenti. Di conseguenza, tutto il materiale “ufficiale” che riguardava Eltsin è stato riprodotto meticolosamente, </w:t>
       </w:r>
       <w:r w:rsidR="00946C75">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>quindi</w:t>
       </w:r>
       <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> invecchiato per adattarlo alla qualità specifica della televisione d</w:t>
       </w:r>
       <w:r w:rsidR="00C3241B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
@@ -17450,61 +17668,83 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">quella più ovvia, ma offre il tipo di profondità di campo e ampiezza visiva che ritenevo adatta alla storia. Volevo che i personaggi si muovessero in spazi vasti, partendo dall'idea che </w:t>
       </w:r>
       <w:r w:rsidR="006056A2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>lo spazio è sino</w:t>
       </w:r>
       <w:r w:rsidR="007664A4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">nimo di </w:t>
+        <w:t xml:space="preserve">nimo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007664A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC0C4D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> potere. Basta guardare l'ufficio di Putin: inizialmente non l'avevo immaginato in questo modo, ma durante la preparazione del film mi sono reso conto che lo spazio è </w:t>
+        <w:t xml:space="preserve"> potere</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Basta guardare l'ufficio di Putin: inizialmente non l'avevo immaginato in questo modo, ma durante la preparazione del film mi sono reso conto che lo spazio è </w:t>
       </w:r>
       <w:r w:rsidR="007664A4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>potere sono strettamente connessi</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC0C4D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Abbiamo </w:t>
       </w:r>
       <w:r w:rsidR="00D940F1">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -17887,114 +18127,135 @@
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449B6DED" w14:textId="15B2BF5A" w:rsidR="00C75ECC" w:rsidRPr="00C75ECC" w:rsidRDefault="00C75ECC" w:rsidP="00C75ECC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C75ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ho anche utilizzato brani di un musicista italiano che ammiro molto, Franco Battiato, </w:t>
+        <w:t xml:space="preserve">Ho anche utilizzato brani di un musicista italiano che ammiro molto, Franco </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Battiato, </w:t>
       </w:r>
       <w:r w:rsidR="0074194D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C75ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">un </w:t>
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0074194D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">vero </w:t>
       </w:r>
       <w:r w:rsidRPr="00C75ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>pioniere della musica elettronica.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D4E5DB" w14:textId="57683849" w:rsidR="00C75ECC" w:rsidRPr="00C75ECC" w:rsidRDefault="00C75ECC" w:rsidP="00C75ECC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C75ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Vorrei aggiungere che ho avuto il piacere di lavorare nuovamente con </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C75ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Angelin</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C75ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -18999,110 +19260,107 @@
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Sc</w:t>
       </w:r>
       <w:r w:rsidR="00C2477E">
         <w:t>eneggiatura</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C2477E">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C2477E">
         <w:t>adattamento</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C2477E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D300DD5" w14:textId="34962375" w:rsidR="000514BE" w:rsidRDefault="00C2477E" w:rsidP="00014BAA">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve">e </w:t>
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>dialoghi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000514BE">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000514BE">
         <w:t xml:space="preserve">Olivier </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000514BE">
         <w:t>Assayas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000514BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A0278">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="000514BE">
         <w:t xml:space="preserve"> Emmanuel Carrère</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63038296" w14:textId="58CB80A3" w:rsidR="00645650" w:rsidRDefault="002A0278" w:rsidP="00014BAA">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Dire</w:t>
       </w:r>
       <w:r w:rsidR="00C2477E">
         <w:t>ttore</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C2477E">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> della </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C2477E">
         <w:t>fotografia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00645650">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00645650">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00645650" w:rsidRPr="00645650">
         <w:t xml:space="preserve">YORICK LE SAUX </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="051DDD28" w14:textId="4B5A997D" w:rsidR="00645650" w:rsidRDefault="00C2477E" w:rsidP="00014BAA">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Montaggio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -19146,59 +19404,61 @@
       <w:r w:rsidR="00645650">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00645650" w:rsidRPr="00645650">
         <w:t xml:space="preserve">FRANCOIS-RENAUD LABARTHE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31BD6A46" w14:textId="00E77AB1" w:rsidR="00645650" w:rsidRDefault="00645650" w:rsidP="00014BAA">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Costum</w:t>
       </w:r>
       <w:r w:rsidR="00C2477E">
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00645650">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C2477E">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00C2477E">
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00645650">
         <w:t>JÜRGEN DOERING</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r w:rsidR="002A0278">
         <w:t>Assistant</w:t>
       </w:r>
       <w:r w:rsidR="00C2477E">
         <w:t xml:space="preserve">e alla </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C2477E">
         <w:t>regia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002A0278">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002A0278">
         <w:tab/>
@@ -19292,68 +19552,58 @@
         <w:t xml:space="preserve">GWENNOLE LE BORGNE </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D830802" w14:textId="77777777" w:rsidR="00645650" w:rsidRDefault="00645650" w:rsidP="00645650">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="2832" w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00645650">
         <w:t xml:space="preserve">SARAH LELU </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BA2BB11" w14:textId="77777777" w:rsidR="00645650" w:rsidRDefault="00645650" w:rsidP="00645650">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="2832" w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00645650">
         <w:t xml:space="preserve">OLIVIER GOINARD </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06407D08" w14:textId="73B2D9E5" w:rsidR="00645650" w:rsidRDefault="00B92CF7" w:rsidP="00645650">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Dir</w:t>
       </w:r>
       <w:r w:rsidR="00C2477E">
-        <w:t>ezione</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">ezione </w:t>
+      </w:r>
       <w:r w:rsidR="000C52AA">
-        <w:t>del</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">del </w:t>
       </w:r>
       <w:r w:rsidR="00C2477E">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00645650">
         <w:t>asting</w:t>
       </w:r>
       <w:r w:rsidR="00645650">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00645650" w:rsidRPr="00645650">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00645650">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00645650">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00645650" w:rsidRPr="00645650">
         <w:t xml:space="preserve">ANTOINETTE BOULAT </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76611041" w14:textId="0929A4B6" w:rsidR="00645650" w:rsidRDefault="00C2477E" w:rsidP="00645650">
       <w:pPr>
@@ -19649,51 +19899,50 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>partecipazione</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> di</w:t>
       </w:r>
       <w:r w:rsidR="000514BE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000514BE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00645650" w:rsidRPr="00645650">
         <w:t xml:space="preserve">FRANCE TÉLÉVISIONS </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB167E0" w14:textId="77777777" w:rsidR="000514BE" w:rsidRDefault="00645650" w:rsidP="000514BE">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:ind w:left="2832" w:firstLine="708"/>
       </w:pPr>
       <w:r w:rsidRPr="00645650">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">DISNEY+ </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56B62FF9" w14:textId="58A7A317" w:rsidR="000514BE" w:rsidRDefault="00A86004" w:rsidP="00237728">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Con la </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>partecipazione</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> di</w:t>
       </w:r>
       <w:r w:rsidR="00237728" w:rsidRPr="00645650">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00237728">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00237728">
@@ -19761,69 +20010,69 @@
     <w:p w14:paraId="4C942A0E" w14:textId="1944CAF1" w:rsidR="00237728" w:rsidRDefault="00237728" w:rsidP="000514BE">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>JEFF RICE FILMS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08ED4BAD" w14:textId="4350291F" w:rsidR="000514BE" w:rsidRDefault="000514BE" w:rsidP="000514BE">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Distribu</w:t>
       </w:r>
       <w:r w:rsidR="00A86004">
         <w:t>zione</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29A908D9" w14:textId="6290F024" w:rsidR="000514BE" w:rsidRDefault="004B67AB" w:rsidP="000514BE">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>e</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A86004">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A86004">
         <w:t>vendite</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A86004">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A86004">
         <w:t>internazionali</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00645650" w:rsidRPr="00645650">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000514BE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000514BE">
         <w:tab/>
       </w:r>
@@ -19866,51 +20115,51 @@
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="000514BE">
         <w:t>© 2025 CURIOSA FILMS – GAUMONT – FRANCE 2 CINEMA</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000514BE" w:rsidSect="00BE16EE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman (Corps CS)">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -19920,66 +20169,66 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="190"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D85A3B"/>
     <w:rsid w:val="000123BC"/>
     <w:rsid w:val="00014620"/>
     <w:rsid w:val="00014BAA"/>
     <w:rsid w:val="00020D51"/>
     <w:rsid w:val="000320DD"/>
     <w:rsid w:val="00032D1A"/>
     <w:rsid w:val="00033F0F"/>
     <w:rsid w:val="000347ED"/>
     <w:rsid w:val="0004399D"/>
     <w:rsid w:val="000514BE"/>
     <w:rsid w:val="000551CC"/>
     <w:rsid w:val="00057638"/>
@@ -20044,87 +20293,89 @@
     <w:rsid w:val="002313E3"/>
     <w:rsid w:val="00237728"/>
     <w:rsid w:val="00241798"/>
     <w:rsid w:val="002441DE"/>
     <w:rsid w:val="00244978"/>
     <w:rsid w:val="00245883"/>
     <w:rsid w:val="00250813"/>
     <w:rsid w:val="00256BDB"/>
     <w:rsid w:val="00262AF9"/>
     <w:rsid w:val="00262F30"/>
     <w:rsid w:val="0026659D"/>
     <w:rsid w:val="00273DAD"/>
     <w:rsid w:val="00276642"/>
     <w:rsid w:val="00286FD0"/>
     <w:rsid w:val="002A0278"/>
     <w:rsid w:val="002A0F6C"/>
     <w:rsid w:val="002A4DB8"/>
     <w:rsid w:val="002B6EBC"/>
     <w:rsid w:val="002C6359"/>
     <w:rsid w:val="002C6FBA"/>
     <w:rsid w:val="002D1901"/>
     <w:rsid w:val="002D7518"/>
     <w:rsid w:val="002D7531"/>
     <w:rsid w:val="002E0075"/>
     <w:rsid w:val="002E2E59"/>
+    <w:rsid w:val="00301A5D"/>
     <w:rsid w:val="00302F36"/>
     <w:rsid w:val="00314B1A"/>
     <w:rsid w:val="00317B0E"/>
     <w:rsid w:val="00322E34"/>
     <w:rsid w:val="00324AAE"/>
     <w:rsid w:val="00331EC9"/>
     <w:rsid w:val="00332FA1"/>
     <w:rsid w:val="0033542A"/>
     <w:rsid w:val="00344C2F"/>
     <w:rsid w:val="00345534"/>
     <w:rsid w:val="0034622E"/>
     <w:rsid w:val="0035344B"/>
     <w:rsid w:val="003622A4"/>
     <w:rsid w:val="00364DD4"/>
     <w:rsid w:val="00370D9E"/>
     <w:rsid w:val="00373660"/>
     <w:rsid w:val="00373B2D"/>
     <w:rsid w:val="00385698"/>
     <w:rsid w:val="003867D6"/>
     <w:rsid w:val="00386BF2"/>
     <w:rsid w:val="00390519"/>
     <w:rsid w:val="00392FE8"/>
     <w:rsid w:val="00395B87"/>
     <w:rsid w:val="003A2A5E"/>
     <w:rsid w:val="003A4E13"/>
     <w:rsid w:val="003A5B34"/>
     <w:rsid w:val="003B0598"/>
     <w:rsid w:val="003B3857"/>
     <w:rsid w:val="003B4B2A"/>
     <w:rsid w:val="003C65E1"/>
     <w:rsid w:val="003C6C71"/>
     <w:rsid w:val="003D7190"/>
     <w:rsid w:val="003F1D00"/>
     <w:rsid w:val="003F2411"/>
     <w:rsid w:val="003F3067"/>
     <w:rsid w:val="0040447E"/>
     <w:rsid w:val="0040455C"/>
+    <w:rsid w:val="004116CA"/>
     <w:rsid w:val="004130EB"/>
     <w:rsid w:val="004177D0"/>
     <w:rsid w:val="00421825"/>
     <w:rsid w:val="00424787"/>
     <w:rsid w:val="00433AA0"/>
     <w:rsid w:val="00433F67"/>
     <w:rsid w:val="004340F3"/>
     <w:rsid w:val="00443CCD"/>
     <w:rsid w:val="004466C5"/>
     <w:rsid w:val="00446968"/>
     <w:rsid w:val="00455278"/>
     <w:rsid w:val="004649D2"/>
     <w:rsid w:val="00466596"/>
     <w:rsid w:val="004715E2"/>
     <w:rsid w:val="00472FBA"/>
     <w:rsid w:val="0048459F"/>
     <w:rsid w:val="004A707B"/>
     <w:rsid w:val="004B4213"/>
     <w:rsid w:val="004B67AB"/>
     <w:rsid w:val="004C0EA6"/>
     <w:rsid w:val="004C3139"/>
     <w:rsid w:val="004C5CA9"/>
     <w:rsid w:val="004D07FA"/>
     <w:rsid w:val="004D1022"/>
     <w:rsid w:val="004D2D22"/>
@@ -20209,67 +20460,70 @@
     <w:rsid w:val="0075144E"/>
     <w:rsid w:val="00755CF5"/>
     <w:rsid w:val="007664A4"/>
     <w:rsid w:val="00770C44"/>
     <w:rsid w:val="00775341"/>
     <w:rsid w:val="00775834"/>
     <w:rsid w:val="00784875"/>
     <w:rsid w:val="00795CD8"/>
     <w:rsid w:val="007A0A8B"/>
     <w:rsid w:val="007A28DA"/>
     <w:rsid w:val="007A6F3C"/>
     <w:rsid w:val="007B0373"/>
     <w:rsid w:val="007B287D"/>
     <w:rsid w:val="007B455F"/>
     <w:rsid w:val="007B6590"/>
     <w:rsid w:val="007C0623"/>
     <w:rsid w:val="007C5093"/>
     <w:rsid w:val="007D021F"/>
     <w:rsid w:val="007D14F0"/>
     <w:rsid w:val="007E07FD"/>
     <w:rsid w:val="007E67C2"/>
     <w:rsid w:val="007E6DD6"/>
     <w:rsid w:val="007F2775"/>
     <w:rsid w:val="007F3902"/>
     <w:rsid w:val="007F4E02"/>
+    <w:rsid w:val="00802ECA"/>
     <w:rsid w:val="008107F3"/>
     <w:rsid w:val="00811724"/>
     <w:rsid w:val="008118B7"/>
     <w:rsid w:val="00826AF4"/>
     <w:rsid w:val="008373FF"/>
     <w:rsid w:val="00840B16"/>
+    <w:rsid w:val="00840FEE"/>
     <w:rsid w:val="00841F1F"/>
     <w:rsid w:val="00853BA2"/>
     <w:rsid w:val="00857D92"/>
     <w:rsid w:val="00867ED3"/>
     <w:rsid w:val="00877176"/>
     <w:rsid w:val="00894E5D"/>
     <w:rsid w:val="008B15EC"/>
     <w:rsid w:val="008B2946"/>
     <w:rsid w:val="008C3E5F"/>
     <w:rsid w:val="008C5257"/>
     <w:rsid w:val="008D47AC"/>
+    <w:rsid w:val="008E4619"/>
     <w:rsid w:val="008F2E33"/>
     <w:rsid w:val="008F3B90"/>
     <w:rsid w:val="0090070E"/>
     <w:rsid w:val="009021B1"/>
     <w:rsid w:val="0090604C"/>
     <w:rsid w:val="00907694"/>
     <w:rsid w:val="009109BA"/>
     <w:rsid w:val="00922E01"/>
     <w:rsid w:val="00924FC0"/>
     <w:rsid w:val="009269C6"/>
     <w:rsid w:val="009312D4"/>
     <w:rsid w:val="00934A42"/>
     <w:rsid w:val="00935693"/>
     <w:rsid w:val="0093710B"/>
     <w:rsid w:val="0094009F"/>
     <w:rsid w:val="009404AB"/>
     <w:rsid w:val="00941743"/>
     <w:rsid w:val="00944644"/>
     <w:rsid w:val="00946C75"/>
     <w:rsid w:val="0095265C"/>
     <w:rsid w:val="00963499"/>
     <w:rsid w:val="00965638"/>
     <w:rsid w:val="00966CB0"/>
     <w:rsid w:val="009700BD"/>
     <w:rsid w:val="00972338"/>
@@ -20289,74 +20543,78 @@
     <w:rsid w:val="00A07FF3"/>
     <w:rsid w:val="00A11679"/>
     <w:rsid w:val="00A140C7"/>
     <w:rsid w:val="00A16613"/>
     <w:rsid w:val="00A173A1"/>
     <w:rsid w:val="00A20B29"/>
     <w:rsid w:val="00A36D92"/>
     <w:rsid w:val="00A427E9"/>
     <w:rsid w:val="00A43266"/>
     <w:rsid w:val="00A51496"/>
     <w:rsid w:val="00A5173F"/>
     <w:rsid w:val="00A518D4"/>
     <w:rsid w:val="00A61CC2"/>
     <w:rsid w:val="00A75157"/>
     <w:rsid w:val="00A8264E"/>
     <w:rsid w:val="00A86004"/>
     <w:rsid w:val="00A95C02"/>
     <w:rsid w:val="00AA6903"/>
     <w:rsid w:val="00AB1C44"/>
     <w:rsid w:val="00AB70E6"/>
     <w:rsid w:val="00AC1C3D"/>
     <w:rsid w:val="00AC2DD9"/>
     <w:rsid w:val="00AC68AD"/>
     <w:rsid w:val="00AF198A"/>
     <w:rsid w:val="00AF3355"/>
+    <w:rsid w:val="00B0035E"/>
     <w:rsid w:val="00B14D86"/>
     <w:rsid w:val="00B17283"/>
     <w:rsid w:val="00B224FA"/>
     <w:rsid w:val="00B25390"/>
     <w:rsid w:val="00B27F37"/>
+    <w:rsid w:val="00B3693D"/>
     <w:rsid w:val="00B5123F"/>
     <w:rsid w:val="00B55E10"/>
     <w:rsid w:val="00B627EA"/>
     <w:rsid w:val="00B63336"/>
     <w:rsid w:val="00B637C5"/>
     <w:rsid w:val="00B638AB"/>
+    <w:rsid w:val="00B75829"/>
     <w:rsid w:val="00B77B38"/>
     <w:rsid w:val="00B81705"/>
     <w:rsid w:val="00B84906"/>
     <w:rsid w:val="00B92CF7"/>
     <w:rsid w:val="00B97FBD"/>
     <w:rsid w:val="00BA41CC"/>
     <w:rsid w:val="00BA462B"/>
     <w:rsid w:val="00BB1342"/>
     <w:rsid w:val="00BB1F4E"/>
     <w:rsid w:val="00BB5497"/>
     <w:rsid w:val="00BB73CE"/>
     <w:rsid w:val="00BC075B"/>
     <w:rsid w:val="00BD0DDB"/>
+    <w:rsid w:val="00BD1211"/>
     <w:rsid w:val="00BD5EBF"/>
     <w:rsid w:val="00BD637E"/>
     <w:rsid w:val="00BE16EE"/>
     <w:rsid w:val="00BF0DCF"/>
     <w:rsid w:val="00BF6E65"/>
     <w:rsid w:val="00C0580E"/>
     <w:rsid w:val="00C069FB"/>
     <w:rsid w:val="00C169A5"/>
     <w:rsid w:val="00C21468"/>
     <w:rsid w:val="00C2433B"/>
     <w:rsid w:val="00C2477E"/>
     <w:rsid w:val="00C301B2"/>
     <w:rsid w:val="00C3241B"/>
     <w:rsid w:val="00C340FF"/>
     <w:rsid w:val="00C34A35"/>
     <w:rsid w:val="00C373C1"/>
     <w:rsid w:val="00C400B5"/>
     <w:rsid w:val="00C411DF"/>
     <w:rsid w:val="00C7200E"/>
     <w:rsid w:val="00C72F9E"/>
     <w:rsid w:val="00C758E4"/>
     <w:rsid w:val="00C75ECC"/>
     <w:rsid w:val="00C772DB"/>
     <w:rsid w:val="00C806A7"/>
     <w:rsid w:val="00C817A5"/>
@@ -20390,50 +20648,51 @@
     <w:rsid w:val="00D93F23"/>
     <w:rsid w:val="00D940F1"/>
     <w:rsid w:val="00DA3690"/>
     <w:rsid w:val="00DA76B8"/>
     <w:rsid w:val="00DB1966"/>
     <w:rsid w:val="00DC0333"/>
     <w:rsid w:val="00DC0C4D"/>
     <w:rsid w:val="00DC660A"/>
     <w:rsid w:val="00DC670E"/>
     <w:rsid w:val="00DD47E6"/>
     <w:rsid w:val="00DD5B5E"/>
     <w:rsid w:val="00DE3C50"/>
     <w:rsid w:val="00DE64EC"/>
     <w:rsid w:val="00DE79A7"/>
     <w:rsid w:val="00DF0C34"/>
     <w:rsid w:val="00DF19E3"/>
     <w:rsid w:val="00DF1FE1"/>
     <w:rsid w:val="00DF2254"/>
     <w:rsid w:val="00DF43D8"/>
     <w:rsid w:val="00DF4468"/>
     <w:rsid w:val="00E010B7"/>
     <w:rsid w:val="00E01363"/>
     <w:rsid w:val="00E07BC5"/>
     <w:rsid w:val="00E1429A"/>
     <w:rsid w:val="00E20189"/>
+    <w:rsid w:val="00E256ED"/>
     <w:rsid w:val="00E32704"/>
     <w:rsid w:val="00E34831"/>
     <w:rsid w:val="00E3654A"/>
     <w:rsid w:val="00E40482"/>
     <w:rsid w:val="00E42527"/>
     <w:rsid w:val="00E45255"/>
     <w:rsid w:val="00E51944"/>
     <w:rsid w:val="00E53C9F"/>
     <w:rsid w:val="00E57960"/>
     <w:rsid w:val="00E714F9"/>
     <w:rsid w:val="00E8156B"/>
     <w:rsid w:val="00E877B8"/>
     <w:rsid w:val="00E9166E"/>
     <w:rsid w:val="00E9241E"/>
     <w:rsid w:val="00EA0DD8"/>
     <w:rsid w:val="00EC03B2"/>
     <w:rsid w:val="00ED0078"/>
     <w:rsid w:val="00ED1AB9"/>
     <w:rsid w:val="00EE181F"/>
     <w:rsid w:val="00EE563F"/>
     <w:rsid w:val="00EF0791"/>
     <w:rsid w:val="00EF0A09"/>
     <w:rsid w:val="00EF0BFD"/>
     <w:rsid w:val="00EF3A09"/>
     <w:rsid w:val="00EF650E"/>
@@ -22108,51 +22367,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2118677198">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giuliamarpress@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stefania.lategana@raicinema.it" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristiana.trotta@raicinema.it" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristina.partenza@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stefania.lategana@raicinema.it" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristiana.trotta@raicinema.it" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristina.partenza@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giuliamarpress@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image002.jpg@01DC8568.E4172F90" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -22439,50 +22698,70 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="6a6f0dfa-5028-4b3d-b7a3-639a05f8f6f4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="0244e61f-e96a-4284-8068-917ebdcbe740" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000EB6D36D6E64AC4A93209D4A844AEBDD" ma:contentTypeVersion="14" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="fe7af6ebfb1bb549965d535801b397d5">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6a6f0dfa-5028-4b3d-b7a3-639a05f8f6f4" xmlns:ns3="0244e61f-e96a-4284-8068-917ebdcbe740" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a97114a6cd7d947b1a4a1c77d3c1a2c" ns2:_="" ns3:_="">
     <xsd:import namespace="6a6f0dfa-5028-4b3d-b7a3-639a05f8f6f4"/>
     <xsd:import namespace="0244e61f-e96a-4284-8068-917ebdcbe740"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -22667,143 +22946,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CC77FC2-278D-42F2-ABA0-7B64005ED71A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B23A575-DDD5-4690-9F12-C1770D1F485A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6a6f0dfa-5028-4b3d-b7a3-639a05f8f6f4"/>
+    <ds:schemaRef ds:uri="0244e61f-e96a-4284-8068-917ebdcbe740"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBE78E0-7235-4258-851B-6F071AC199CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6a6f0dfa-5028-4b3d-b7a3-639a05f8f6f4"/>
     <ds:schemaRef ds:uri="0244e61f-e96a-4284-8068-917ebdcbe740"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>13</Pages>
-[...1 lines deleted...]
-  <Characters>25978</Characters>
+  <Pages>1</Pages>
+  <Words>4554</Words>
+  <Characters>25962</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>216</Lines>
   <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30475</CharactersWithSpaces>
+  <CharactersWithSpaces>30456</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Franck Garbarz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000EB6D36D6E64AC4A93209D4A844AEBDD</vt:lpwstr>
   </property>
 </Properties>
 </file>