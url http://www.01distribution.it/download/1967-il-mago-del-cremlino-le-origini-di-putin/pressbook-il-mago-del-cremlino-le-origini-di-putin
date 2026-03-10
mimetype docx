--- v1 (2026-01-20)
+++ v2 (2026-03-10)
@@ -206,65 +206,52 @@
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">Fulvio </w:t>
       </w:r>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Federica </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Federica Lucisano</w:t>
+      </w:r>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
           <w:lang w:eastAsia="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> I Wonder Pictures </w:t>
       </w:r>
       <w:r w:rsidRPr="004649D2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri"/>
           <w:color w:val="222222"/>
           <w:kern w:val="0"/>
@@ -969,111 +956,1432 @@
         <w:t xml:space="preserve">Dal </w:t>
       </w:r>
       <w:r w:rsidRPr="00301A5D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>12 febbraio</w:t>
       </w:r>
       <w:r w:rsidR="00743857" w:rsidRPr="00743857">
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t xml:space="preserve"> al cinema distribuito da </w:t>
       </w:r>
       <w:r w:rsidR="00743857" w:rsidRPr="00743857">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="it-IT"/>
         </w:rPr>
         <w:t>01 Distribution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CFAD027" w14:textId="0D1020AB" w:rsidR="00072008" w:rsidRPr="00743857" w:rsidRDefault="00072008" w:rsidP="00743857">
+    <w:p w14:paraId="764A5706" w14:textId="190F8C3B" w:rsidR="00951DB5" w:rsidRDefault="00072008" w:rsidP="002C06BA">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="it-IT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EC1F1F3" wp14:editId="55F7F9B6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3EC1F1F3" wp14:editId="33FA7FEE">
             <wp:extent cx="5760720" cy="739366"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="118542262" name="Immagine 1" descr="Immagine che contiene testo, schermata, Carattere, nero&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="118542262" name="Immagine 1" descr="Immagine che contiene testo, schermata, Carattere, nero&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5760720" cy="739366"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="29D72A82" w14:textId="77777777" w:rsidR="00951DB5" w:rsidRDefault="00951DB5" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48284958" w14:textId="77777777" w:rsidR="00951DB5" w:rsidRDefault="00951DB5" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="724EEF4A" w14:textId="77777777" w:rsidR="008861F4" w:rsidRDefault="008861F4" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05854987" w14:textId="17E41FF3" w:rsidR="005C2B3A" w:rsidRDefault="002C06BA" w:rsidP="00FF4941">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="704308E0" wp14:editId="66800980">
+            <wp:extent cx="1952093" cy="648888"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="201546324" name="Immagine 1"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1966202" cy="653578"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E77B5A9" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FF2F5B1" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>IL CAST</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C843EA" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>PAUL DANO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Vadim </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Baranov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7BE2662F" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>ALICIA VIKANDER</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t>Ksenia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377714C8" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>TOM STURRIDGE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Dimitry</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Sidorov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+        <w:t>JEFFREY WRIGHT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Narratore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+        <w:t>JUDE LAW</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Vladimir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Putin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+        <w:t>WILL KEEN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Boris </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Berezovsky</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+        <w:t>ANDREI ZAYATS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Igor </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Sechin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+        <w:t>KASPARS KAMBALA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Alexander </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Zaldostanov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6E65124C" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>ANDRIS KEISS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Yevgeny </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Prigozhin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="367BDF0D" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4928CFDC" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="596E505D" w14:textId="77777777" w:rsidR="008861F4" w:rsidRDefault="008861F4" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="499B9BAE" w14:textId="77777777" w:rsidR="008861F4" w:rsidRDefault="008861F4" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11E845CB" w14:textId="77777777" w:rsidR="008861F4" w:rsidRPr="00783A7D" w:rsidRDefault="008861F4" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DBB1878" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>LA TROUPE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DA67C80" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07030A3A" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Un film di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Olivier </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Assayas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1AAC10BD" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Basato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>sul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>romanzo</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Giuliano da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Empoli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> © Editions Gallimard, 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560AE8F1" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Sceneggiatura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>adattamento</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B974DEC" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>dialoghi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">Olivier </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Assayas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> and Emmanuel Carrère</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769557E8" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Direttore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> della </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>fotografia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">YORICK LE SAUX </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A5A652D" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Montaggio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">MARION MONNIER  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E85FF7" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Scenografia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">FRANCOIS-RENAUD LABARTHE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B660CB" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Costumi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t>JÜRGEN DOERING</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+        <w:t xml:space="preserve">Assistante alla </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>regia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">DOMINIQUE DELANY </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AC3253" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Segretaria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>edizione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">CHRISTELLE MEAUX </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0913672F" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Suono</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">NICOLAS CANTIN </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486A1F0F" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">NICOLAS MOREAU </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A366A00" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">GWENNOLE LE BORGNE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048D5CE4" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">SARAH LELU </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E3156F8" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">OLIVIER GOINARD </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E22E28" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Direzione del casting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">ANTOINETTE BOULAT </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511161A3" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Produttori</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>esecutivi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">SYLVIE BARTHET  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22DB9165" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">STUART MANASHIL </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C6587BD" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>LEE BRODA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E153268" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>JEFF RICE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3B83F7" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">ROBERT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>McLEAN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C427FCF" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">MICHAEL PALETTA </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E2E034F" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">THOMAS PIERCE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4641E91B" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Produttore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>associato</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">ÉMILIEN BIGNON </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="699890F0" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Prodotto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">OLIVIER DELBOSC and SIDONIE DUMAS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFD491E" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">Una </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>produzione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t>CURIOSA FILMS e GAUMONT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEAB607" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">GAUMONT </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3655F1E0" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>coproduzione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">FRANCE 2 CINÉMA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2CF538" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">Con il </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>sostegno</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">CANAL+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C82CD3" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">Con la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>partecipazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">FRANCE TÉLÉVISIONS </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F6C7F6F" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">DISNEY+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20618491" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">Con la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>partecipazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t>CENTRE NATIONAL DU CINÉMA ET DE L’IMAGE ANIMÉE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58276DD7" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">In </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>associazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> con</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t xml:space="preserve">TRIBUNE PICTURES PCE </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BADAFA9" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t>LB ENTERTAINMENT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5138EF70" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t>JEFF RICE FILMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10467E12" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve">Distribuzione </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5F3EF8" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>e</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>vendite</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>internazionali</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:tab/>
+        <w:t>GAUMONT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00783A7D">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFFA669" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D9FB66D" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Fotografie</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t xml:space="preserve"> : Carole </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>Bethuel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="53265AD9" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783A7D">
+        <w:t>© 2025 CURIOSA FILMS – GAUMONT – FRANCE 2 CINEMA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01781C37" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77DF143D" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44185316" w14:textId="77777777" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="743839CC" w14:textId="043AD587" w:rsidR="00783A7D" w:rsidRPr="00783A7D" w:rsidRDefault="00783A7D" w:rsidP="00783A7D">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="296A66A5" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00FF4941">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="334B1791" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77EEA8BE" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="542D6F56" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="396FE34B" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14B68A2B" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="499FAEC0" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FE70007" w14:textId="77777777" w:rsidR="00212241" w:rsidRDefault="00212241" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="592EF24E" w14:textId="77777777" w:rsidR="00212241" w:rsidRDefault="00212241" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3342D4A7" w14:textId="77777777" w:rsidR="00D1548E" w:rsidRDefault="00D1548E" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57533597" w14:textId="77777777" w:rsidR="00D1548E" w:rsidRDefault="00D1548E" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="459F21B2" w14:textId="77777777" w:rsidR="00D1548E" w:rsidRDefault="00D1548E" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="416EF660" w14:textId="77777777" w:rsidR="00D1548E" w:rsidRDefault="00D1548E" w:rsidP="00D1548E">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52454C16" w14:textId="77777777" w:rsidR="00D1548E" w:rsidRDefault="00D1548E" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="241F385E" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00212241">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FF818A2" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23600D13" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22754170" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRPr="00743857" w:rsidRDefault="005C2B3A" w:rsidP="00743857">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="it-IT"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5E14D2CA" w14:textId="60AE1928" w:rsidR="00AB1C44" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="009454A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="it-IT" w:eastAsia="it-IT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2ADA4434" wp14:editId="1277536A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>10102215</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>426085</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2980055" cy="1320800"/>
@@ -1132,100 +2440,100 @@
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>André-Paul Ricci</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5710DA85" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId11" w:history="1">
+                            <w:hyperlink r:id="rId12" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>apricci.presse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3C9C1308" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tony Arnoux</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:hyperlink r:id="rId12" w:history="1">
+                            <w:hyperlink r:id="rId13" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>tonyarnouxpresse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="4A92F744" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
@@ -1295,100 +2603,100 @@
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>André-Paul Ricci</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5710DA85" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId13" w:history="1">
+                      <w:hyperlink r:id="rId14" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>apricci.presse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3C9C1308" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Tony Arnoux</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:hyperlink r:id="rId14" w:history="1">
+                      <w:hyperlink r:id="rId15" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>tonyarnouxpresse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4A92F744" w14:textId="77777777" w:rsidR="00AB1C44" w:rsidRPr="006158E7" w:rsidRDefault="00AB1C44" w:rsidP="00AB1C44">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
@@ -1405,130 +2713,158 @@
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="103FBE76" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:sectPr w:rsidR="00BE16EE">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D1729DB" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
+    <w:p w14:paraId="4E327AEE" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE16EE">
+    </w:p>
+    <w:p w14:paraId="606B697A" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00BE16EE">
+      <w:pPr>
+        <w:pStyle w:val="Intestazione"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Ufficio stampa film</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1A66C0C5" w14:textId="1BD33049" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D1729DB" w14:textId="01A2DFAC" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Giulia Martinez Cell. + 39 335 7189949</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Ufficio stampa film</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A66C0C5" w14:textId="1BD33049" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
+      <w:pPr>
+        <w:pStyle w:val="Intestazione"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Email</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BE16EE">
+        <w:t>Giulia Martinez Cell. + 39 335 7189949</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE16EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE16EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00BE16EE">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>giuliamarpress@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="72FE148A" w14:textId="1BF7E603" w:rsidR="00BE16EE" w:rsidRPr="002441DE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
@@ -1550,218 +2886,246 @@
         </w:rPr>
         <w:t xml:space="preserve">+39 331 6795865; </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002441DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Email</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002441DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="002441DE">
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:kern w:val="0"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>cristina.partenza@gmail.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002441DE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1866DD35" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="002441DE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D410376" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
+    <w:p w14:paraId="6F81C7E9" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE16EE">
+    </w:p>
+    <w:p w14:paraId="6DD6DAF0" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00BE16EE">
+      <w:pPr>
+        <w:pStyle w:val="Intestazione"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>01 Distribution – Comunicazione</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="022E8B1B" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D410376" w14:textId="60DF33E6" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Annalisa Paolicchi: annalisa.paolicchi@raicinema.it</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4E9B37FD" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
+        <w:t>01 Distribution – Comunicazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022E8B1B" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Rebecca Roviglioni: rebecca.roviglioni@raicinema.it</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="33BFD30F" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
+        <w:t>Annalisa Paolicchi: annalisa.paolicchi@raicinema.it</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9B37FD" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
+        <w:t>Rebecca Roviglioni: rebecca.roviglioni@raicinema.it</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33BFD30F" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
+      <w:pPr>
+        <w:pStyle w:val="Intestazione"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE16EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
         <w:t xml:space="preserve">Cristiana Trotta: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00BE16EE">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:kern w:val="0"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>cristiana.trotta@raicinema.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="6110B160" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:pStyle w:val="Intestazione"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE16EE">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Stefania Lategana: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00BE16EE">
           <w:rPr>
             <w:rStyle w:val="Collegamentoipertestuale"/>
             <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:kern w:val="0"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>stefania.lategana@raicinema.it</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5871A24A" w14:textId="77777777" w:rsidR="00BE16EE" w:rsidRPr="00BE16EE" w:rsidRDefault="00BE16EE" w:rsidP="00BE16EE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
@@ -1908,100 +3272,100 @@
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>André-Paul Ricci</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="05837D34" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId19" w:history="1">
+                            <w:hyperlink r:id="rId20" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>apricci.presse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2066D5D6" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tony Arnoux</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:hyperlink r:id="rId20" w:history="1">
+                            <w:hyperlink r:id="rId21" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>tonyarnouxpresse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="24263116" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
@@ -2067,100 +3431,100 @@
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>André-Paul Ricci</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="05837D34" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId21" w:history="1">
+                      <w:hyperlink r:id="rId22" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>apricci.presse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2066D5D6" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Tony Arnoux</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:hyperlink r:id="rId22" w:history="1">
+                      <w:hyperlink r:id="rId23" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>tonyarnouxpresse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="24263116" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
@@ -2264,100 +3628,100 @@
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>André-Paul Ricci</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5A5A9DB9" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:hyperlink r:id="rId23" w:history="1">
+                            <w:hyperlink r:id="rId24" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                 </w:rPr>
                                 <w:t>apricci.presse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="6161AF87" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="006158E7">
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Tony Arnoux</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:hyperlink r:id="rId24" w:history="1">
+                            <w:hyperlink r:id="rId25" w:history="1">
                               <w:r w:rsidRPr="00AE222D">
                                 <w:rPr>
                                   <w:rStyle w:val="Collegamentoipertestuale"/>
                                   <w:rFonts w:cs="Calibri"/>
                                   <w:sz w:val="22"/>
                                   <w:szCs w:val="22"/>
                                   <w:lang w:val="en-US"/>
                                 </w:rPr>
                                 <w:t>tonyarnouxpresse@gmail.com</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="Calibri"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="7B97A867" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                             <w:pPr>
                               <w:pStyle w:val="Nessunaspaziatura"/>
                               <w:jc w:val="right"/>
@@ -2423,100 +3787,100 @@
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>André-Paul Ricci</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5A5A9DB9" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:hyperlink r:id="rId25" w:history="1">
+                      <w:hyperlink r:id="rId26" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                           </w:rPr>
                           <w:t>apricci.presse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="6161AF87" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="006158E7">
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Tony Arnoux</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:hyperlink r:id="rId26" w:history="1">
+                      <w:hyperlink r:id="rId27" w:history="1">
                         <w:r w:rsidRPr="00AE222D">
                           <w:rPr>
                             <w:rStyle w:val="Collegamentoipertestuale"/>
                             <w:rFonts w:cs="Calibri"/>
                             <w:sz w:val="22"/>
                             <w:szCs w:val="22"/>
                             <w:lang w:val="en-US"/>
                           </w:rPr>
                           <w:t>tonyarnouxpresse@gmail.com</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="Calibri"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="7B97A867" w14:textId="77777777" w:rsidR="00014BAA" w:rsidRPr="006158E7" w:rsidRDefault="00014BAA" w:rsidP="00014BAA">
                       <w:pPr>
                         <w:pStyle w:val="Nessunaspaziatura"/>
                         <w:jc w:val="right"/>
@@ -2540,51 +3904,157 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002441DE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Calibri Light"/>
           <w:color w:val="212121"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4350BD30" w14:textId="77777777" w:rsidR="00A518D4" w:rsidRDefault="00A518D4" w:rsidP="00A518D4">
+    <w:p w14:paraId="150A4D3F" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00A518D4">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5197E5FD" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00A518D4">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="593A0C0C" w14:textId="77777777" w:rsidR="00212241" w:rsidRDefault="00212241" w:rsidP="00212241">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="798B6F6C" w14:textId="77777777" w:rsidR="00212241" w:rsidRDefault="00212241" w:rsidP="00212241">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09A1691E" w14:textId="77777777" w:rsidR="005C2B3A" w:rsidRDefault="005C2B3A" w:rsidP="00A518D4">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B6B1583" w14:textId="77777777" w:rsidR="00CE4EA8" w:rsidRDefault="00CE4EA8" w:rsidP="00A518D4">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C10737B" w14:textId="77777777" w:rsidR="00CE4EA8" w:rsidRDefault="00CE4EA8" w:rsidP="00A518D4">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36B72591" w14:textId="77777777" w:rsidR="00CE4EA8" w:rsidRDefault="00CE4EA8" w:rsidP="00A518D4">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D33283D" w14:textId="77777777" w:rsidR="00CE4EA8" w:rsidRDefault="00CE4EA8" w:rsidP="00A518D4">
+      <w:pPr>
+        <w:pStyle w:val="Nessunaspaziatura"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4350BD30" w14:textId="5D2A3B13" w:rsidR="00A518D4" w:rsidRDefault="00A518D4" w:rsidP="00A518D4">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014BAA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
@@ -6619,73 +8089,51 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Il</w:t>
       </w:r>
       <w:r w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> mio produttore </w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Olivier </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Olivier Delbosc </w:t>
       </w:r>
       <w:r w:rsidR="00A43266" w:rsidRPr="00A43266">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>– con</w:t>
       </w:r>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> cui stavo </w:t>
       </w:r>
       <w:r w:rsidR="002D7531">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -7067,74 +8515,62 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> conosce la storia</w:t>
       </w:r>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> della Russia</w:t>
       </w:r>
       <w:r w:rsidR="00F613AE" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> per via </w:t>
-[...10 lines deleted...]
-        <w:t>del</w:t>
+        <w:t xml:space="preserve"> per via del</w:t>
       </w:r>
       <w:r w:rsidR="00E9241E" w:rsidRPr="00E9241E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> suo background familiare</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">, parla il russo, ed è molto più ferrato di me </w:t>
       </w:r>
       <w:r w:rsidR="009B3293">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>sulle</w:t>
       </w:r>
       <w:r w:rsidR="005978A9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
@@ -8868,73 +10304,51 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>alcuni</w:t>
       </w:r>
       <w:r w:rsidR="00205B52" w:rsidRPr="00205B52">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> giornalisti russi che avevano conosciuto </w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00205B52">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vladislav </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Vladislav Surkov </w:t>
       </w:r>
       <w:r w:rsidR="00205B52" w:rsidRPr="00205B52">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00205B52">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Boris Berezovsky</w:t>
       </w:r>
       <w:r w:rsidR="00E51944">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -9453,154 +10867,142 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
       <w:r w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> sapevo che </w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vladislav </w:t>
+        <w:t>Vladislav Surkov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53C9F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>fosse</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53C9F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stato una delle fonti di ispirazione di </w:t>
+      </w:r>
+      <w:r w:rsidR="002A0278" w:rsidRPr="00E53C9F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Baranov, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53C9F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anche se i due uomini </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF171C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>non devono essere confusi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53C9F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="002A0278" w:rsidRPr="00E53C9F">
+      <w:r w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Surkov</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...80 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> è odioso</w:t>
       </w:r>
       <w:r w:rsidR="00C0580E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> mentre</w:t>
       </w:r>
       <w:r w:rsidRPr="00E53C9F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> il nostro Baranov, pur essendo complice delle peggiori azioni del regime e in qualche modo perverso, conserva una certa umanità. Lo abbiamo trattato intenzionalmente con meno indulgenza rispetto a </w:t>
       </w:r>
       <w:r w:rsidR="000F65DD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
@@ -11400,73 +12802,51 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>ntelle</w:t>
       </w:r>
       <w:r w:rsidR="004177D0" w:rsidRPr="00A518D4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">ttualmente, è un ibrido. </w:t>
       </w:r>
       <w:r w:rsidR="00BA41CC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Di </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> non sappiamo </w:t>
+        <w:t xml:space="preserve">Di Surkov non sappiamo </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00433AA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">molto, </w:t>
       </w:r>
       <w:r w:rsidR="004177D0" w:rsidRPr="00590E4F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> il</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004177D0" w:rsidRPr="00590E4F">
         <w:rPr>
@@ -14353,73 +15733,51 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Machiavelli </w:t>
       </w:r>
       <w:r w:rsidR="00F53AD7" w:rsidRPr="00241798">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="002A0278" w:rsidRPr="00241798">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Baltasar </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> Baltasar Gracián, </w:t>
       </w:r>
       <w:r w:rsidR="00370D9E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidR="00370D9E" w:rsidRPr="00370D9E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">anche se non applica i loro principi alla lettera, ne comprende i meccanismi e le costanti che gli consentono di costruire tutto il resto. </w:t>
       </w:r>
       <w:r w:rsidR="00A75157">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
@@ -14584,3723 +15942,3599 @@
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. Tutti conoscono il suo volto. In un certo senso, </w:t>
       </w:r>
       <w:r w:rsidR="00B25390">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">era </w:t>
       </w:r>
       <w:r w:rsidRPr="00132276">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">questa la scommessa del film: Jude </w:t>
+        <w:t>questa la scommessa del film: Jude Law sarebbe riuscito a interpretare un Putin credibile?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789B61BF" w14:textId="7C835315" w:rsidR="00132276" w:rsidRPr="00132276" w:rsidRDefault="00B25390" w:rsidP="00132276">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Conosco Jude </w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">da anni: nel 2011 abbiamo fatto parte della stessa giuria a Cannes, siamo </w:t>
+      </w:r>
+      <w:r w:rsidR="00682C89">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>diventat</w:t>
+      </w:r>
+      <w:r w:rsidR="00C817A5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00682C89">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> amici</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e col tempo mi ha persino proposto </w:t>
+      </w:r>
+      <w:r w:rsidR="00682C89">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>di produrre un paio di progetti</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Purtroppo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00682C89">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>però</w:t>
+      </w:r>
+      <w:r w:rsidR="00C817A5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00682C89">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00C817A5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>on sono</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> andat</w:t>
+      </w:r>
+      <w:r w:rsidR="00C817A5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in porto. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C301B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF650E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ontinua</w:t>
+      </w:r>
+      <w:r w:rsidR="00C301B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ndo</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF650E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a seguire</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la sua carriera come spettatore, ho avuto la sensazione che fosse sempre più attratto dalla trasformazione, che avesse sviluppato una </w:t>
+      </w:r>
+      <w:r w:rsidR="00C301B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>grande abilità di cambiare pelle</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. E </w:t>
+      </w:r>
+      <w:r w:rsidR="00C301B2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>nonostante non sia così simile fisicamente a Putin,</w:t>
+      </w:r>
+      <w:r w:rsidR="0035344B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ero convinto che </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lo avrebbe</w:t>
+      </w:r>
+      <w:r w:rsidR="0035344B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impersona</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2254">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidR="0035344B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n modo molto </w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">convincente. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0035344B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Infatti</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0035344B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5257">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">è riuscito a trasmettere </w:t>
+      </w:r>
+      <w:r w:rsidR="0004399D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">molto di Putin ma, nonostante l’accurata trasformazione, dobbiamo ammettere che </w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jude conserva più umanità del suo </w:t>
+      </w:r>
+      <w:r w:rsidR="00B627EA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>personaggio</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, il che</w:t>
+      </w:r>
+      <w:r w:rsidR="00B627EA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in effetti</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non è molto difficile. Per tutti gli altri ruoli, reali o immaginari, non c'era l'obbligo di puntare sulla somiglianza fisica, poiché il grande pubblico non avrebbe necessariamente riconosciuto i</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2254">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>volti</w:t>
+      </w:r>
+      <w:r w:rsidR="00B627EA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> degli altri protagonisti</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C01CEF3" w14:textId="0C7B2E2A" w:rsidR="00132276" w:rsidRPr="00132276" w:rsidRDefault="00877176" w:rsidP="00132276">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>L’unico criterio che ho seguito è stato trovare gli</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2254">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>attori</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> migliori soprattutto perché questo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">film è proprio incentrato </w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>su</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2254">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lle performance</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E </w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">alla fine </w:t>
+      </w:r>
+      <w:r w:rsidR="009109BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sono riuscito a</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF2254">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>scritturare</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un cast </w:t>
+      </w:r>
+      <w:r w:rsidR="009109BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>incredibile</w:t>
+      </w:r>
+      <w:r w:rsidR="00132276" w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C6D3623" w14:textId="61A5D6D0" w:rsidR="00132276" w:rsidRPr="00132276" w:rsidRDefault="00132276" w:rsidP="00132276">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Paul Dano, che interpreta un personaggio di fantasia, è stato immediatamente c</w:t>
+      </w:r>
+      <w:r w:rsidR="009109BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>onvincente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. È un attore straordinario, ricco di sfumature, che grazie al su</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72F9E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>o talento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e alla sua meticolosa attenzione ai dettagli riesce a trovare, in ogni circostanza, la chiave più intima del suo personaggio. </w:t>
+      </w:r>
+      <w:r w:rsidR="00373660">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Il suo straordinario</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autocontrollo </w:t>
+      </w:r>
+      <w:r w:rsidR="00373660">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">può </w:t>
+      </w:r>
+      <w:r w:rsidR="00C21468">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>persino confondere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In sala montaggio, di solito si cerca di trovare la ripresa giusta. Con Paul, ogni ripresa è giusta e, in un certo senso, ognuna racconta una storia leggermente diversa, come se il suo lavoro consistesse nell'offrire al regista un caleidoscopio </w:t>
+      </w:r>
+      <w:r w:rsidR="009109BA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>di espressioni</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che abbraccia l'intera gamma emotiva della scena.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C2D247" w14:textId="4E055283" w:rsidR="00132276" w:rsidRPr="00132276" w:rsidRDefault="00132276" w:rsidP="00132276">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alicia Vikander </w:t>
+      </w:r>
+      <w:r w:rsidR="004340F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>è stata</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la scelta</w:t>
+      </w:r>
+      <w:r w:rsidR="005B047A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> più naturale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per</w:t>
+      </w:r>
+      <w:r w:rsidR="005B047A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interpretare</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ksenia. Avevo appena lavorato con lei nella serie HBO </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E3654A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Irma </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00132276">
-[...7 lines deleted...]
-        <w:t>Law</w:t>
+      <w:r w:rsidRPr="00E3654A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Vep</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00132276">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sarebbe riuscito a interpretare un Putin credibile?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="789B61BF" w14:textId="7C835315" w:rsidR="00132276" w:rsidRPr="00132276" w:rsidRDefault="00B25390" w:rsidP="00132276">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3654A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>c’è molta sintonia fra noi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3B90">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quindi ho immaginato da subito che </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sarebbe stata lei a interpretare Ksenia. </w:t>
+      </w:r>
+      <w:r w:rsidR="008F3B90">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In realtà </w:t>
+      </w:r>
+      <w:r w:rsidR="001E5B53">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">è stata proprio Alicia a ispirare </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001E5B53">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">questo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personaggio</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00132276">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479AEFA2" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00132276" w:rsidRDefault="002A0278" w:rsidP="002A0278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...470 lines deleted...]
-    <w:p w14:paraId="7C01CEF3" w14:textId="0C7B2E2A" w:rsidR="00132276" w:rsidRPr="00132276" w:rsidRDefault="00877176" w:rsidP="00132276">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7214C8D5" w14:textId="229FF6B0" w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C" w:rsidRDefault="001E5B53" w:rsidP="00FC1B6C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...157 lines deleted...]
-    <w:p w14:paraId="6C6D3623" w14:textId="61A5D6D0" w:rsidR="00132276" w:rsidRPr="00132276" w:rsidRDefault="00132276" w:rsidP="00132276">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ha sempre voluto </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>gira</w:t>
+      </w:r>
+      <w:r w:rsidR="00E40482">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> il film in inglese?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22699109" w14:textId="3C5C96EB" w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C" w:rsidRDefault="00E40482" w:rsidP="00FC1B6C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00132276">
-[...120 lines deleted...]
-    <w:p w14:paraId="34C2D247" w14:textId="4E055283" w:rsidR="00132276" w:rsidRPr="00132276" w:rsidRDefault="00132276" w:rsidP="00132276">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Sì, non ho mai avuto dubbi a riguardo</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Anche se avessimo deciso di girare in Russia, cosa altamente improbabile, non avremmo mai trovato un attore disposto a correre il rischio di apparire in un film critico nei confronti di Putin. Inoltre, non saremmo stati in grado di ottenere i finanziamenti necessari se il film non fosse stato in inglese e non avesse </w:t>
+      </w:r>
+      <w:r w:rsidR="00D933A6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>vantato</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la partecipazione di attori famosi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46EDD146" w14:textId="69880A94" w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C" w:rsidRDefault="00FC1B6C" w:rsidP="00FC1B6C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00132276">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Alicia Vikander </w:t>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciò che invece è emerso è stata la questione se lasciare o meno a tutti il proprio accento. Paul è americano, Jude, Tom Sturridge e Will Keen sono britannici, Alicia è svedese e la maggior parte del cast di supporto è lettone. </w:t>
+      </w:r>
+      <w:r w:rsidR="004E5AAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poteva </w:t>
       </w:r>
       <w:r w:rsidR="004340F3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>è stata</w:t>
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00E3654A">
+        <w:t>sembrare</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5AAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> una scelta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>rischios</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5AAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ma non c'era una vera alternativa. All'inizio temevo che il loro modo di parlare, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4984">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a seconda della loro origine, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">potesse sembrare troppo distintamente britannico o americano, e volevo </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>che  tutto</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> risultasse il più uniforme possibile. Paul, ad esempio, ha </w:t>
+      </w:r>
+      <w:r w:rsidR="007051D2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cercato </w:t>
+      </w:r>
+      <w:r w:rsidR="008107F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ammorbidire il suo accento americano: dovevamo mantenere un tono europeo. Per Jude e Alicia è stato più facile. </w:t>
+      </w:r>
+      <w:r w:rsidR="008107F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tuttavia, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008107F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>poco</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008107F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a poco, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1B6C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ho abbandonato questa preoccupazione. Ho capito che la cosa più importante era avere il miglior cast possibile, che fosse anglosassone o lettone, e poi lasciare che gli attori facessero il loro lavoro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CA66FD" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00FC1B6C" w:rsidRDefault="002A0278" w:rsidP="002A0278">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6DE3B086" w14:textId="52437596" w:rsidR="00DE3C50" w:rsidRPr="00DE3C50" w:rsidRDefault="00DE3C50" w:rsidP="00DE3C50">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In che modo gli attori si sono preparati </w:t>
+      </w:r>
+      <w:r w:rsidR="008107F3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>per</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interpretare personaggi ispirati a persone reali?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F807A7" w14:textId="001993F4" w:rsidR="00DE3C50" w:rsidRPr="00DE3C50" w:rsidRDefault="00DE3C50" w:rsidP="00DE3C50">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paul </w:t>
+      </w:r>
+      <w:r w:rsidR="0026659D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ha un metodo di lavoro </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>estremamente rigoroso. Si è immerso nella Russia di quel</w:t>
+      </w:r>
+      <w:r w:rsidR="0026659D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> periodo storico</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e ogni volta che incontrava una battuta che non gli sembrava </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57960">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>consona</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al contesto storico o alla logica emotiva di una scena, me la sottoponeva, e a volte aveva assolutamente ragione. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57960">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ha svolto un grande lavoro di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ricerca e riflessione. Jude ha lavorato con la stessa serietà. Era desideroso di parlare con Giuliano per chiedergli della Russia e delle sue fonti di ispirazione. Si è concentrato intensamente sulla fisicità: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85EAE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">voleva entrare nel personaggio, comportarsi, </w:t>
+      </w:r>
+      <w:r w:rsidR="003A5B34">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>parlare e camminare come Putin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. Un punto di riferimento fondamentale per lui è stat</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0078">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>a una scena iniziale in cui</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Berezovsky offre a Putin la presidenza e Putin risponde: "</w:t>
+      </w:r>
+      <w:r w:rsidR="00F2675F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ma io non so parlare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>bene. Ho parlato in pubblico forse una o due volte, e non è stato proprio un successo!" Jude ha fatto tesoro di questa idea e ha costruito un Putin leggermente rigido, un po' goffo, a disagio nel parlare, ma anche tranquill</w:t>
+      </w:r>
+      <w:r w:rsidR="00120EC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>o e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sicuro di sé. Nonostante trasmetta sicurezza, è sempre un po' bloccato nelle sue espressioni: il suo modo di parlare non è mai fluido. Ho trovato questo squilibrio </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5173F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">molto interessante e ricco di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sfumat</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5173F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In sala montaggio, ho scelto deliberatamente le riprese più esitanti, perché è lì che </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5173F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>traspar</w:t>
+      </w:r>
+      <w:r w:rsidR="00715D18">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5173F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>forza</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE3C50">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e la complessità della performance di Jude. Anche quando c'erano riprese tecnicamente impeccabili, ho preferito quelle in cui incespicava leggermente, perché in quei momenti cattura qualcosa di essenziale del personaggio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7ED97B" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00DE3C50" w:rsidRDefault="002A0278" w:rsidP="002A0278">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A8DE248" w14:textId="77777777" w:rsidR="00317B0E" w:rsidRPr="00317B0E" w:rsidRDefault="00317B0E" w:rsidP="00317B0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Perché ha scelto la Lettonia come </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>location principale</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per le riprese del film?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102ED5AD" w14:textId="4E07ECC2" w:rsidR="00317B0E" w:rsidRPr="00317B0E" w:rsidRDefault="00317B0E" w:rsidP="00317B0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">È stato Kirill Serebrennikov a darmi l'idea, dopo aver </w:t>
+      </w:r>
+      <w:r w:rsidR="00506D6A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ricreato in Lettonia l’ambiente russo del </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07BC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">film </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E07BC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Irma </w:t>
+        <w:t>Limonov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>. Girare in Russia ovviamente</w:t>
+      </w:r>
+      <w:r w:rsidR="00E07BC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> era</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fuori discussione e per un po' non sapevamo dove avremmo girato. </w:t>
+      </w:r>
+      <w:r w:rsidR="0060074E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Da nessuna parte avremmo potuto trovare </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0060074E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>tutte le location</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0060074E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che ci servivano e viaggiare da un paese all’altro ovviamente era </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>economicamente improponibile.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F8B289" w14:textId="36B35196" w:rsidR="00317B0E" w:rsidRPr="00317B0E" w:rsidRDefault="00317B0E" w:rsidP="00317B0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ma </w:t>
+      </w:r>
+      <w:r w:rsidR="00164858">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quando abbiamo fatto il sopralluogo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Lettonia, ci siamo resi conto che </w:t>
+      </w:r>
+      <w:r w:rsidR="00164858">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">offre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">una sorprendente varietà di paesaggi e </w:t>
+      </w:r>
+      <w:r w:rsidR="00164858">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atmosfere che potevano risolvere tutti i nostri problemi, a condizione che girassimo l'intero film lì. E questo si è rivelato fattibile. </w:t>
+      </w:r>
+      <w:r w:rsidR="002226E8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>In Lettonia a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>bbiamo ricreato Mosca, San Pietroburgo, il Mar Nero, fino alla Svezia. Il palazzo del Cremlino, ad esempio, è stato ricostruito all'interno di un castello del XVII secolo in una regione</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC660A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sudoccidentale del Paese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che un tempo faceva parte del Ducato di Curlandia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AE629BB" w14:textId="584D1874" w:rsidR="00317B0E" w:rsidRPr="00317B0E" w:rsidRDefault="00317B0E" w:rsidP="00317B0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Le uniche scene che non abbiamo potuto ricreare in Lettonia sono state quelle ambientate a Cap d'Antibes e in Costa Azzurra, quindi le abbiamo girate</w:t>
+      </w:r>
+      <w:r w:rsidR="0018344A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317B0E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>separatamente, in soli tre giorni, nel sud della Francia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9857BE" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00317B0E" w:rsidRDefault="002A0278" w:rsidP="002A0278">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA1C067" w14:textId="77777777" w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1" w:rsidRDefault="00DF1FE1" w:rsidP="00DF1FE1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Dove è stato ricreato l'ufficio di Putin?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B5F0EA7" w14:textId="76C63EE3" w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1" w:rsidRDefault="00B63336" w:rsidP="00DF1FE1">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="0074379E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iga, i</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>n un edificio del 1900</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, con </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ampi spazi interni</w:t>
+      </w:r>
+      <w:r w:rsidR="00210DA7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, in cui abbiamo costruito tutto</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Lo scenografo ha utilizzato la documentazione disponibile per ottenere </w:t>
+      </w:r>
+      <w:r w:rsidR="00210DA7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> risultato più</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> verosimile possibile</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ma abbiamo dovuto aggiungere mobili provenienti dai paesi vicini e persino far realizzare delle sedie su misura in Polonia. L'obiettivo era evocare </w:t>
+      </w:r>
+      <w:r w:rsidR="00D120DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>la</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grandiosità dello Stato russo</w:t>
+      </w:r>
+      <w:r w:rsidR="00D120DB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3690">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>semplicemente non era possibile trovare in Lettonia</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00146035">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00146035" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er quanto riguarda </w:t>
+      </w:r>
+      <w:r w:rsidR="00146035">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>la creazione dell’ufficio di Putin presso l</w:t>
+      </w:r>
+      <w:r w:rsidR="00146035" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>'FSB</w:t>
+      </w:r>
+      <w:r w:rsidR="00146035">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>iamo stati meno rigorosi</w:t>
+      </w:r>
+      <w:r w:rsidR="00146035">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solo</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF1FE1" w:rsidRPr="00DF1FE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> perché non ci sono fotografie disponibili.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54255295" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00DF1FE1" w:rsidRDefault="002A0278" w:rsidP="002A0278">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6771A18B" w14:textId="77777777" w:rsidR="00C373C1" w:rsidRDefault="005274CB" w:rsidP="00032D1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ogni t</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anto </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>il film mostra</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> filmati d'archivio. Perché?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="555E3C55" w14:textId="743FA198" w:rsidR="00032D1A" w:rsidRPr="00146035" w:rsidRDefault="00C373C1" w:rsidP="00032D1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prima di tutto </w:t>
+      </w:r>
+      <w:r w:rsidR="00386BF2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i sono</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i filmati d'archivio che ci</w:t>
+      </w:r>
+      <w:r w:rsidR="00386BF2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sono</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> servi</w:t>
+      </w:r>
+      <w:r w:rsidR="00386BF2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ti</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per </w:t>
+      </w:r>
+      <w:r w:rsidR="00386BF2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>dare vita a</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Mosca, </w:t>
+      </w:r>
+      <w:r w:rsidR="00946C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e li </w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>abbiamo integrat</w:t>
+      </w:r>
+      <w:r w:rsidR="00770C44">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direttamente nel film. Poi ci sono le immagini relative agli eventi politici, con </w:t>
+      </w:r>
+      <w:r w:rsidR="00946C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i veri </w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personaggi pubblici. Infine, c'è il materiale che non abbiamo potuto usare, come le immagini della rielezione di Eltsin o dell'annuncio delle sue dimissioni. Dato che avevamo un attore che interpretava Eltsin, siamo stati costretti a ricreare le immagini esistenti. Di conseguenza, tutto il materiale “ufficiale” che riguardava Eltsin è stato riprodotto meticolosamente, </w:t>
+      </w:r>
+      <w:r w:rsidR="00946C75">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>quindi</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> invecchiato per adattarlo alla qualità specifica della televisione d</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3241B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>ell’</w:t>
+      </w:r>
+      <w:r w:rsidR="00032D1A" w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>epoca.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3D7860" w14:textId="77777777" w:rsidR="00032D1A" w:rsidRPr="00032D1A" w:rsidRDefault="00032D1A" w:rsidP="00032D1A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00032D1A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Ironia della sorte, gli archivi più difficili da gestire sono stati quelli delle due cerimonie di insediamento di Putin. I video di quel periodo si sono deteriorati molto e le immagini esistenti sono in pessime condizioni.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47C04786" w14:textId="77777777" w:rsidR="00C75ECC" w:rsidRPr="00032D1A" w:rsidRDefault="00C75ECC" w:rsidP="002A0278">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="774E846E" w14:textId="1596A41C" w:rsidR="00DC0C4D" w:rsidRDefault="004715E2" w:rsidP="00DC0C4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Per quanto riguarda </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0C4D" w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>la direzione artistica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>, i</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0C4D" w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n che modo lo stile visivo riflette questo mondo di ombre, specchi e manipolazioni? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69742D3B" w14:textId="18B834F9" w:rsidR="00DC0C4D" w:rsidRPr="00DC0C4D" w:rsidRDefault="00DC0C4D" w:rsidP="00DC0C4D">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non parto mai da un'idea precostituita o teorica quando si tratta di queste cose. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D2D22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il mio unico </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3C05">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">desiderio è </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">realizzare riprese credibili, con </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD3C05">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>gli attori</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> migliori, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC0333">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">coerente con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la logica della scena. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Di solito lavoro in modo istintivo insieme a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yorick Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E3654A">
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Saux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, il direttore della fotografia, </w:t>
+      </w:r>
+      <w:r w:rsidR="006056A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>anche se ovviamente abbiamo dei</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>riferiment</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE13C3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE13C3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Vep</w:t>
+        <w:t>Il mago del Cremlino</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> abbiamo scelto di girare con obiettivi </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>CinemaScope</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00132276">
-[...67 lines deleted...]
-        <w:t xml:space="preserve">è stata proprio Alicia a ispirare </w:t>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Non </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2775">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>era</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'opzione più facile, e all'inizio n</w:t>
+      </w:r>
+      <w:r w:rsidR="006056A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eanche </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quella più ovvia, ma offre il tipo di profondità di campo e ampiezza visiva che ritenevo adatta alla storia. Volevo che i personaggi si muovessero in spazi vasti, partendo dall'idea che </w:t>
+      </w:r>
+      <w:r w:rsidR="006056A2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>lo spazio è sino</w:t>
+      </w:r>
+      <w:r w:rsidR="007664A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nimo </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="001E5B53">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> personaggio</w:t>
+      <w:r w:rsidR="007664A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potere</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00132276">
-[...10 lines deleted...]
-    <w:p w14:paraId="479AEFA2" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00132276" w:rsidRDefault="002A0278" w:rsidP="002A0278">
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Basta guardare l'ufficio di Putin: inizialmente non l'avevo immaginato in questo modo, ma durante la preparazione del film mi sono reso conto che lo spazio è </w:t>
+      </w:r>
+      <w:r w:rsidR="007664A4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>potere sono strettamente connessi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Abbiamo </w:t>
+      </w:r>
+      <w:r w:rsidR="00D940F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>girato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le scene politiche in modo diverso rispetto, ad esempio, alle scene delle feste punk degli anni '90. Per quelle abbiamo usato </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF0791">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>camere a mano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC0C4D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e obiettivi più lunghi per ricreare l'energia e il caos di quel periodo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED1BBFE" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00DC0C4D" w:rsidRDefault="002A0278" w:rsidP="002A0278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7214C8D5" w14:textId="229FF6B0" w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C" w:rsidRDefault="001E5B53" w:rsidP="00FC1B6C">
+    <w:p w14:paraId="1B3DA464" w14:textId="0EB38AAB" w:rsidR="00C931D6" w:rsidRPr="00C931D6" w:rsidRDefault="00C931D6" w:rsidP="00C931D6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...48 lines deleted...]
-    <w:p w14:paraId="22699109" w14:textId="3C5C96EB" w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C" w:rsidRDefault="00E40482" w:rsidP="00FC1B6C">
+      <w:r w:rsidRPr="00C931D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>I social media e la tecnologia digitale ricoprono un ruolo fondamentale nella storia. Il suo obiettivo era quello di mostrare come i nuovi media stiano ridefinendo il potere?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D861A1" w14:textId="6B7A9349" w:rsidR="00C931D6" w:rsidRPr="00C931D6" w:rsidRDefault="00C931D6" w:rsidP="00C931D6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...40 lines deleted...]
-    <w:p w14:paraId="46EDD146" w14:textId="69880A94" w:rsidR="00FC1B6C" w:rsidRPr="00FC1B6C" w:rsidRDefault="00FC1B6C" w:rsidP="00FC1B6C">
+      <w:r w:rsidRPr="00C931D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non avevo intenzione di trasmettere un messaggio su questo argomento, ma mi ha colpito il modo in cui Giuliano descrive questo fenomeno nel suo romanzo. Internet è innegabilmente il nuovo campo di battaglia della guerra moderna, ed è lì che si intersecano le strategie che ora dominano il panorama politico. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51496">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Qui </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC670E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">si </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51496">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parla </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C931D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">della Russia di Putin, ovviamente, ma </w:t>
+      </w:r>
+      <w:r w:rsidR="00A51496">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anche </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C931D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Xi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C931D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jinping, Mark Zuckerberg o Donald Trump sono, ciascuno a modo proprio, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D940F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">figure </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C931D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>politic</w:t>
+      </w:r>
+      <w:r w:rsidR="00D940F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>he</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C931D6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la cui autorità dipende anche dalla loro capacità di manipolare gli algoritmi che sono alla base del loro potere.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E59AD6A" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="005963E5" w:rsidRDefault="002A0278" w:rsidP="002A0278">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...190 lines deleted...]
-    <w:p w14:paraId="65CA66FD" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00FC1B6C" w:rsidRDefault="002A0278" w:rsidP="002A0278">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1454DB03" w14:textId="4E69EAA0" w:rsidR="005963E5" w:rsidRDefault="00C75ECC" w:rsidP="00C75ECC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-[...8 lines deleted...]
-    <w:p w14:paraId="6DE3B086" w14:textId="52437596" w:rsidR="00DE3C50" w:rsidRPr="00DE3C50" w:rsidRDefault="00DE3C50" w:rsidP="00DE3C50">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00077666">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he tipo di musica ha </w:t>
+      </w:r>
+      <w:r w:rsidR="00D940F1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>scelto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per la colonna sonora?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C21B7F7" w14:textId="136E94F3" w:rsidR="00C75ECC" w:rsidRPr="00C75ECC" w:rsidRDefault="00C75ECC" w:rsidP="00C75ECC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-[...44 lines deleted...]
-    <w:p w14:paraId="52F807A7" w14:textId="001993F4" w:rsidR="00DE3C50" w:rsidRPr="00DE3C50" w:rsidRDefault="00DE3C50" w:rsidP="00DE3C50">
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non c'è una vera e propria colonna sonora per il film, ma ci sono diversi brani di Thurston Moore, il cui universo sonoro è in linea con quello che cercavo. Avevo già lavorato con lui in progetti precedenti, tra cui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074194D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Irma Vep</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="449B6DED" w14:textId="15B2BF5A" w:rsidR="00C75ECC" w:rsidRPr="00C75ECC" w:rsidRDefault="00C75ECC" w:rsidP="00C75ECC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DE3C50">
-[...270 lines deleted...]
-    <w:p w14:paraId="7C7ED97B" w14:textId="77777777" w:rsidR="002A0278" w:rsidRPr="00DE3C50" w:rsidRDefault="002A0278" w:rsidP="002A0278">
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ho anche utilizzato brani di un musicista italiano che ammiro molto, Franco </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Battiato, </w:t>
+      </w:r>
+      <w:r w:rsidR="0074194D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0074194D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vero </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C75ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>pioniere della musica elettronica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19D4E5DB" w14:textId="57683849" w:rsidR="00C75ECC" w:rsidRPr="00C75ECC" w:rsidRDefault="00C75ECC" w:rsidP="00C75ECC">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-[...1673 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C75ECC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-[...285 lines deleted...]
-        <w:t xml:space="preserve">, che ha coreografato le poche sequenze di danza del film e con cui avevo già collaborato in </w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vorrei aggiungere che ho avuto il piacere di lavorare nuovamente con Angelin Preljocaj, che ha coreografato le poche sequenze di danza del film e con cui avevo già collaborato in </w:t>
       </w:r>
       <w:r w:rsidRPr="0074194D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Irma </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0074194D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:lang w:val="it-IT" w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Vep</w:t>
@@ -18869,1279 +20103,51 @@
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="081AADF3" w14:textId="77777777" w:rsidR="002D1901" w:rsidRDefault="002D1901" w:rsidP="00014BAA">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68E01170" w14:textId="77777777" w:rsidR="002D1901" w:rsidRDefault="002D1901" w:rsidP="00014BAA">
       <w:pPr>
         <w:pStyle w:val="Nessunaspaziatura"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39468AB0" w14:textId="028FFCC0" w:rsidR="00014BAA" w:rsidRDefault="00D622E3" w:rsidP="00014BAA">
-[...1227 lines deleted...]
-    <w:sectPr w:rsidR="000514BE" w:rsidSect="00BE16EE">
+    <w:sectPr w:rsidR="002D1901" w:rsidSect="00BE16EE">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
@@ -20169,82 +20175,83 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D85A3B"/>
     <w:rsid w:val="000123BC"/>
     <w:rsid w:val="00014620"/>
     <w:rsid w:val="00014BAA"/>
+    <w:rsid w:val="00016BB6"/>
     <w:rsid w:val="00020D51"/>
     <w:rsid w:val="000320DD"/>
     <w:rsid w:val="00032D1A"/>
     <w:rsid w:val="00033F0F"/>
     <w:rsid w:val="000347ED"/>
     <w:rsid w:val="0004399D"/>
     <w:rsid w:val="000514BE"/>
     <w:rsid w:val="000551CC"/>
     <w:rsid w:val="00057638"/>
     <w:rsid w:val="000627F7"/>
     <w:rsid w:val="00072008"/>
     <w:rsid w:val="00073215"/>
     <w:rsid w:val="00077666"/>
     <w:rsid w:val="00080974"/>
     <w:rsid w:val="00082543"/>
     <w:rsid w:val="00086C78"/>
     <w:rsid w:val="00087139"/>
     <w:rsid w:val="00091397"/>
     <w:rsid w:val="0009193D"/>
     <w:rsid w:val="000B0727"/>
     <w:rsid w:val="000C050A"/>
     <w:rsid w:val="000C31AE"/>
     <w:rsid w:val="000C4770"/>
     <w:rsid w:val="000C52AA"/>
     <w:rsid w:val="000C739F"/>
@@ -20252,84 +20259,88 @@
     <w:rsid w:val="000D1569"/>
     <w:rsid w:val="000D472E"/>
     <w:rsid w:val="000F0ECD"/>
     <w:rsid w:val="000F37A9"/>
     <w:rsid w:val="000F447A"/>
     <w:rsid w:val="000F65DD"/>
     <w:rsid w:val="0010677E"/>
     <w:rsid w:val="00107E2D"/>
     <w:rsid w:val="00112077"/>
     <w:rsid w:val="00120EC5"/>
     <w:rsid w:val="00130812"/>
     <w:rsid w:val="00132276"/>
     <w:rsid w:val="0013720F"/>
     <w:rsid w:val="00142352"/>
     <w:rsid w:val="0014391C"/>
     <w:rsid w:val="00146035"/>
     <w:rsid w:val="00152D67"/>
     <w:rsid w:val="00163E4E"/>
     <w:rsid w:val="001647AB"/>
     <w:rsid w:val="00164858"/>
     <w:rsid w:val="00170966"/>
     <w:rsid w:val="0018344A"/>
     <w:rsid w:val="0018451F"/>
     <w:rsid w:val="00190CFF"/>
     <w:rsid w:val="001A3302"/>
+    <w:rsid w:val="001A6336"/>
     <w:rsid w:val="001C7A72"/>
     <w:rsid w:val="001E0011"/>
     <w:rsid w:val="001E5060"/>
     <w:rsid w:val="001E5B53"/>
+    <w:rsid w:val="001F491C"/>
     <w:rsid w:val="001F5058"/>
     <w:rsid w:val="0020005E"/>
     <w:rsid w:val="0020557B"/>
     <w:rsid w:val="00205B52"/>
     <w:rsid w:val="00207AAC"/>
     <w:rsid w:val="00210DA7"/>
+    <w:rsid w:val="00212241"/>
     <w:rsid w:val="002133D8"/>
     <w:rsid w:val="0021564F"/>
     <w:rsid w:val="002226E8"/>
     <w:rsid w:val="00225682"/>
     <w:rsid w:val="00226279"/>
     <w:rsid w:val="00231370"/>
     <w:rsid w:val="002313E3"/>
     <w:rsid w:val="00237728"/>
     <w:rsid w:val="00241798"/>
     <w:rsid w:val="002441DE"/>
     <w:rsid w:val="00244978"/>
     <w:rsid w:val="00245883"/>
     <w:rsid w:val="00250813"/>
     <w:rsid w:val="00256BDB"/>
     <w:rsid w:val="00262AF9"/>
     <w:rsid w:val="00262F30"/>
     <w:rsid w:val="0026659D"/>
     <w:rsid w:val="00273DAD"/>
     <w:rsid w:val="00276642"/>
     <w:rsid w:val="00286FD0"/>
     <w:rsid w:val="002A0278"/>
     <w:rsid w:val="002A0F6C"/>
     <w:rsid w:val="002A4DB8"/>
     <w:rsid w:val="002B6EBC"/>
+    <w:rsid w:val="002C06BA"/>
     <w:rsid w:val="002C6359"/>
     <w:rsid w:val="002C6FBA"/>
     <w:rsid w:val="002D1901"/>
     <w:rsid w:val="002D7518"/>
     <w:rsid w:val="002D7531"/>
     <w:rsid w:val="002E0075"/>
     <w:rsid w:val="002E2E59"/>
     <w:rsid w:val="00301A5D"/>
     <w:rsid w:val="00302F36"/>
     <w:rsid w:val="00314B1A"/>
     <w:rsid w:val="00317B0E"/>
     <w:rsid w:val="00322E34"/>
     <w:rsid w:val="00324AAE"/>
     <w:rsid w:val="00331EC9"/>
     <w:rsid w:val="00332FA1"/>
     <w:rsid w:val="0033542A"/>
     <w:rsid w:val="00344C2F"/>
     <w:rsid w:val="00345534"/>
     <w:rsid w:val="0034622E"/>
     <w:rsid w:val="0035344B"/>
     <w:rsid w:val="003622A4"/>
     <w:rsid w:val="00364DD4"/>
     <w:rsid w:val="00370D9E"/>
     <w:rsid w:val="00373660"/>
     <w:rsid w:val="00373B2D"/>
@@ -20384,165 +20395,171 @@
     <w:rsid w:val="004E5AAE"/>
     <w:rsid w:val="004E68E5"/>
     <w:rsid w:val="00502E41"/>
     <w:rsid w:val="00506D6A"/>
     <w:rsid w:val="005110E0"/>
     <w:rsid w:val="005274CB"/>
     <w:rsid w:val="00530ABA"/>
     <w:rsid w:val="005312F7"/>
     <w:rsid w:val="005367E7"/>
     <w:rsid w:val="00536BDB"/>
     <w:rsid w:val="0054025A"/>
     <w:rsid w:val="00546633"/>
     <w:rsid w:val="0056758B"/>
     <w:rsid w:val="00571D66"/>
     <w:rsid w:val="00572DE5"/>
     <w:rsid w:val="00576D82"/>
     <w:rsid w:val="00582097"/>
     <w:rsid w:val="00587E66"/>
     <w:rsid w:val="00590E4F"/>
     <w:rsid w:val="005963E5"/>
     <w:rsid w:val="005978A9"/>
     <w:rsid w:val="00597DC6"/>
     <w:rsid w:val="005A3AEA"/>
     <w:rsid w:val="005B047A"/>
     <w:rsid w:val="005C0253"/>
+    <w:rsid w:val="005C2B3A"/>
     <w:rsid w:val="005D1E43"/>
     <w:rsid w:val="005D3A17"/>
     <w:rsid w:val="005D45C4"/>
     <w:rsid w:val="005E00E8"/>
     <w:rsid w:val="005E1BC7"/>
     <w:rsid w:val="005E7097"/>
     <w:rsid w:val="005F40A3"/>
     <w:rsid w:val="0060074E"/>
     <w:rsid w:val="00604241"/>
     <w:rsid w:val="006056A2"/>
     <w:rsid w:val="006176E5"/>
     <w:rsid w:val="00617837"/>
     <w:rsid w:val="00625049"/>
     <w:rsid w:val="0063487F"/>
     <w:rsid w:val="00645650"/>
     <w:rsid w:val="00645D46"/>
     <w:rsid w:val="00660FB0"/>
     <w:rsid w:val="00662935"/>
     <w:rsid w:val="00666F57"/>
     <w:rsid w:val="00667DF0"/>
+    <w:rsid w:val="00670C2F"/>
     <w:rsid w:val="006719AA"/>
     <w:rsid w:val="00675785"/>
     <w:rsid w:val="006819C1"/>
     <w:rsid w:val="006828D3"/>
     <w:rsid w:val="00682C89"/>
     <w:rsid w:val="00687541"/>
     <w:rsid w:val="00687DC4"/>
     <w:rsid w:val="00690D3B"/>
     <w:rsid w:val="00691750"/>
     <w:rsid w:val="00693722"/>
     <w:rsid w:val="00695DE1"/>
     <w:rsid w:val="006A4B3D"/>
     <w:rsid w:val="006A5002"/>
     <w:rsid w:val="006B2446"/>
     <w:rsid w:val="006C6F9C"/>
     <w:rsid w:val="006D25EE"/>
     <w:rsid w:val="006E7CDF"/>
     <w:rsid w:val="006F65B8"/>
     <w:rsid w:val="006F7497"/>
     <w:rsid w:val="00700A60"/>
     <w:rsid w:val="007051D2"/>
     <w:rsid w:val="00711974"/>
     <w:rsid w:val="007123C4"/>
     <w:rsid w:val="00714C63"/>
     <w:rsid w:val="00715D18"/>
     <w:rsid w:val="007220D0"/>
     <w:rsid w:val="007365C0"/>
     <w:rsid w:val="00736EE6"/>
     <w:rsid w:val="0074194D"/>
     <w:rsid w:val="0074379E"/>
     <w:rsid w:val="00743857"/>
     <w:rsid w:val="0075144E"/>
     <w:rsid w:val="00755CF5"/>
     <w:rsid w:val="007664A4"/>
     <w:rsid w:val="00770C44"/>
     <w:rsid w:val="00775341"/>
     <w:rsid w:val="00775834"/>
+    <w:rsid w:val="00783A7D"/>
     <w:rsid w:val="00784875"/>
     <w:rsid w:val="00795CD8"/>
     <w:rsid w:val="007A0A8B"/>
     <w:rsid w:val="007A28DA"/>
     <w:rsid w:val="007A6F3C"/>
     <w:rsid w:val="007B0373"/>
     <w:rsid w:val="007B287D"/>
     <w:rsid w:val="007B455F"/>
+    <w:rsid w:val="007B641F"/>
     <w:rsid w:val="007B6590"/>
     <w:rsid w:val="007C0623"/>
     <w:rsid w:val="007C5093"/>
     <w:rsid w:val="007D021F"/>
     <w:rsid w:val="007D14F0"/>
     <w:rsid w:val="007E07FD"/>
     <w:rsid w:val="007E67C2"/>
     <w:rsid w:val="007E6DD6"/>
     <w:rsid w:val="007F2775"/>
     <w:rsid w:val="007F3902"/>
     <w:rsid w:val="007F4E02"/>
     <w:rsid w:val="00802ECA"/>
     <w:rsid w:val="008107F3"/>
     <w:rsid w:val="00811724"/>
     <w:rsid w:val="008118B7"/>
     <w:rsid w:val="00826AF4"/>
     <w:rsid w:val="008373FF"/>
     <w:rsid w:val="00840B16"/>
     <w:rsid w:val="00840FEE"/>
     <w:rsid w:val="00841F1F"/>
     <w:rsid w:val="00853BA2"/>
     <w:rsid w:val="00857D92"/>
     <w:rsid w:val="00867ED3"/>
     <w:rsid w:val="00877176"/>
+    <w:rsid w:val="008861F4"/>
     <w:rsid w:val="00894E5D"/>
     <w:rsid w:val="008B15EC"/>
     <w:rsid w:val="008B2946"/>
     <w:rsid w:val="008C3E5F"/>
     <w:rsid w:val="008C5257"/>
     <w:rsid w:val="008D47AC"/>
     <w:rsid w:val="008E4619"/>
     <w:rsid w:val="008F2E33"/>
     <w:rsid w:val="008F3B90"/>
     <w:rsid w:val="0090070E"/>
     <w:rsid w:val="009021B1"/>
     <w:rsid w:val="0090604C"/>
     <w:rsid w:val="00907694"/>
     <w:rsid w:val="009109BA"/>
     <w:rsid w:val="00922E01"/>
     <w:rsid w:val="00924FC0"/>
     <w:rsid w:val="009269C6"/>
     <w:rsid w:val="009312D4"/>
     <w:rsid w:val="00934A42"/>
     <w:rsid w:val="00935693"/>
     <w:rsid w:val="0093710B"/>
     <w:rsid w:val="0094009F"/>
     <w:rsid w:val="009404AB"/>
     <w:rsid w:val="00941743"/>
     <w:rsid w:val="00944644"/>
     <w:rsid w:val="00946C75"/>
+    <w:rsid w:val="00951DB5"/>
     <w:rsid w:val="0095265C"/>
     <w:rsid w:val="00963499"/>
     <w:rsid w:val="00965638"/>
     <w:rsid w:val="00966CB0"/>
     <w:rsid w:val="009700BD"/>
     <w:rsid w:val="00972338"/>
     <w:rsid w:val="00992470"/>
     <w:rsid w:val="009A0425"/>
     <w:rsid w:val="009A5A79"/>
     <w:rsid w:val="009B1982"/>
     <w:rsid w:val="009B3293"/>
     <w:rsid w:val="009B73E2"/>
     <w:rsid w:val="009B79E0"/>
     <w:rsid w:val="009C1F26"/>
     <w:rsid w:val="009D51D7"/>
     <w:rsid w:val="009D6AC8"/>
     <w:rsid w:val="009D7F28"/>
     <w:rsid w:val="009F71B3"/>
     <w:rsid w:val="00A0248D"/>
     <w:rsid w:val="00A07FF3"/>
     <w:rsid w:val="00A11679"/>
     <w:rsid w:val="00A140C7"/>
     <w:rsid w:val="00A16613"/>
     <w:rsid w:val="00A173A1"/>
     <w:rsid w:val="00A20B29"/>
@@ -20603,56 +20620,58 @@
     <w:rsid w:val="00C169A5"/>
     <w:rsid w:val="00C21468"/>
     <w:rsid w:val="00C2433B"/>
     <w:rsid w:val="00C2477E"/>
     <w:rsid w:val="00C301B2"/>
     <w:rsid w:val="00C3241B"/>
     <w:rsid w:val="00C340FF"/>
     <w:rsid w:val="00C34A35"/>
     <w:rsid w:val="00C373C1"/>
     <w:rsid w:val="00C400B5"/>
     <w:rsid w:val="00C411DF"/>
     <w:rsid w:val="00C7200E"/>
     <w:rsid w:val="00C72F9E"/>
     <w:rsid w:val="00C758E4"/>
     <w:rsid w:val="00C75ECC"/>
     <w:rsid w:val="00C772DB"/>
     <w:rsid w:val="00C806A7"/>
     <w:rsid w:val="00C817A5"/>
     <w:rsid w:val="00C8622D"/>
     <w:rsid w:val="00C931D6"/>
     <w:rsid w:val="00CA47DC"/>
     <w:rsid w:val="00CC0A4F"/>
     <w:rsid w:val="00CD0774"/>
     <w:rsid w:val="00CD29CF"/>
     <w:rsid w:val="00CD3A36"/>
+    <w:rsid w:val="00CE4EA8"/>
     <w:rsid w:val="00CE5BA6"/>
     <w:rsid w:val="00CF0B85"/>
     <w:rsid w:val="00CF1997"/>
     <w:rsid w:val="00D10327"/>
     <w:rsid w:val="00D11822"/>
     <w:rsid w:val="00D120DB"/>
+    <w:rsid w:val="00D1548E"/>
     <w:rsid w:val="00D22CD8"/>
     <w:rsid w:val="00D318DC"/>
     <w:rsid w:val="00D331FB"/>
     <w:rsid w:val="00D343D8"/>
     <w:rsid w:val="00D3618A"/>
     <w:rsid w:val="00D56CCF"/>
     <w:rsid w:val="00D622E3"/>
     <w:rsid w:val="00D65CAC"/>
     <w:rsid w:val="00D84ED5"/>
     <w:rsid w:val="00D85A3B"/>
     <w:rsid w:val="00D86EB1"/>
     <w:rsid w:val="00D877A9"/>
     <w:rsid w:val="00D90108"/>
     <w:rsid w:val="00D933A6"/>
     <w:rsid w:val="00D93F23"/>
     <w:rsid w:val="00D940F1"/>
     <w:rsid w:val="00DA3690"/>
     <w:rsid w:val="00DA76B8"/>
     <w:rsid w:val="00DB1966"/>
     <w:rsid w:val="00DC0333"/>
     <w:rsid w:val="00DC0C4D"/>
     <w:rsid w:val="00DC660A"/>
     <w:rsid w:val="00DC670E"/>
     <w:rsid w:val="00DD47E6"/>
     <w:rsid w:val="00DD5B5E"/>
@@ -20676,85 +20695,87 @@
     <w:rsid w:val="00E3654A"/>
     <w:rsid w:val="00E40482"/>
     <w:rsid w:val="00E42527"/>
     <w:rsid w:val="00E45255"/>
     <w:rsid w:val="00E51944"/>
     <w:rsid w:val="00E53C9F"/>
     <w:rsid w:val="00E57960"/>
     <w:rsid w:val="00E714F9"/>
     <w:rsid w:val="00E8156B"/>
     <w:rsid w:val="00E877B8"/>
     <w:rsid w:val="00E9166E"/>
     <w:rsid w:val="00E9241E"/>
     <w:rsid w:val="00EA0DD8"/>
     <w:rsid w:val="00EC03B2"/>
     <w:rsid w:val="00ED0078"/>
     <w:rsid w:val="00ED1AB9"/>
     <w:rsid w:val="00EE181F"/>
     <w:rsid w:val="00EE563F"/>
     <w:rsid w:val="00EF0791"/>
     <w:rsid w:val="00EF0A09"/>
     <w:rsid w:val="00EF0BFD"/>
     <w:rsid w:val="00EF3A09"/>
     <w:rsid w:val="00EF650E"/>
     <w:rsid w:val="00EF6C5B"/>
     <w:rsid w:val="00F06159"/>
+    <w:rsid w:val="00F06FB2"/>
     <w:rsid w:val="00F11931"/>
     <w:rsid w:val="00F13DF7"/>
     <w:rsid w:val="00F2675F"/>
     <w:rsid w:val="00F27885"/>
     <w:rsid w:val="00F44071"/>
     <w:rsid w:val="00F51E04"/>
     <w:rsid w:val="00F53AD7"/>
     <w:rsid w:val="00F56E61"/>
     <w:rsid w:val="00F613AE"/>
     <w:rsid w:val="00F63719"/>
     <w:rsid w:val="00F67CB7"/>
     <w:rsid w:val="00F7167B"/>
     <w:rsid w:val="00F7583C"/>
     <w:rsid w:val="00F85EAE"/>
     <w:rsid w:val="00F91335"/>
     <w:rsid w:val="00F92C33"/>
     <w:rsid w:val="00F97372"/>
     <w:rsid w:val="00FA048A"/>
     <w:rsid w:val="00FA1921"/>
     <w:rsid w:val="00FA2461"/>
     <w:rsid w:val="00FA4984"/>
     <w:rsid w:val="00FA4D3B"/>
     <w:rsid w:val="00FB0CA6"/>
     <w:rsid w:val="00FB5A72"/>
     <w:rsid w:val="00FC1B6C"/>
     <w:rsid w:val="00FC21AF"/>
     <w:rsid w:val="00FC29B7"/>
     <w:rsid w:val="00FC31B0"/>
     <w:rsid w:val="00FD3C05"/>
     <w:rsid w:val="00FD74AB"/>
     <w:rsid w:val="00FE045A"/>
     <w:rsid w:val="00FE13C3"/>
     <w:rsid w:val="00FE6AA0"/>
     <w:rsid w:val="00FF171C"/>
     <w:rsid w:val="00FF46A7"/>
+    <w:rsid w:val="00FF4941"/>
     <w:rsid w:val="00FF537F"/>
     <w:rsid w:val="00FF5AAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -21345,51 +21366,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:link w:val="Titolo9Carattere"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D85A3B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titolo1Carattere">
     <w:name w:val="Titolo 1 Carattere"/>
@@ -22367,51 +22387,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2118677198">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stefania.lategana@raicinema.it" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristiana.trotta@raicinema.it" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristina.partenza@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giuliamarpress@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image002.jpg@01DC8568.E4172F90" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristiana.trotta@raicinema.it" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cristina.partenza@gmail.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:giuliamarpress@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:stefania.lategana@raicinema.it" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image002.jpg@01DC8568.E4172F90" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:apricci.presse@gmail.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tonyarnouxpresse@gmail.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -22989,80 +23009,80 @@
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDBE78E0-7235-4258-851B-6F071AC199CD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="6a6f0dfa-5028-4b3d-b7a3-639a05f8f6f4"/>
     <ds:schemaRef ds:uri="0244e61f-e96a-4284-8068-917ebdcbe740"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>4554</Words>
-  <Characters>25962</Characters>
+  <Words>4561</Words>
+  <Characters>25999</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>216</Lines>
   <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30456</CharactersWithSpaces>
+  <CharactersWithSpaces>30500</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Franck Garbarz</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000EB6D36D6E64AC4A93209D4A844AEBDD</vt:lpwstr>
   </property>
 </Properties>
 </file>